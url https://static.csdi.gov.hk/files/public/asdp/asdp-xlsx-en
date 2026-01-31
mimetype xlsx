--- v0 (2025-10-16)
+++ v1 (2026-01-31)
@@ -12,1298 +12,1109 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Source" state="visible" r:id="rId4"/>
     <sheet sheetId="2" name="As of Date" state="visible" r:id="rId5"/>
     <sheet sheetId="3" name="Data" state="visible" r:id="rId6"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1103" uniqueCount="414">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1019" uniqueCount="351">
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>Based on 2024 Annual Spatial Data Plans of Bureaux and Departments (for 2025-2027)</t>
+    <t>Based on 2025 Annual Spatial Data Plans of Bureaux and Departments (for 2026-2028)</t>
   </si>
   <si>
     <t>As of Date</t>
   </si>
   <si>
-    <t>26/02/2025</t>
+    <t>08/01/2026</t>
   </si>
   <si>
     <t>Data Provider</t>
   </si>
   <si>
     <t>Other Organisation</t>
   </si>
   <si>
     <t>Type of Data</t>
   </si>
   <si>
     <t>Name of Dataset</t>
   </si>
   <si>
     <t>General Description</t>
   </si>
   <si>
     <t>Target Release Date</t>
   </si>
   <si>
     <t>Update Frequency</t>
   </si>
   <si>
     <t>Agriculture, Fisheries and Conservation Department</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
+    <t>Environment</t>
+  </si>
+  <si>
+    <t>Information on trees in other recreational sites of Country Parks</t>
+  </si>
+  <si>
+    <t>Tree information recorded in other recreational sites of Country Parks including species and locations</t>
+  </si>
+  <si>
+    <t>12/2026</t>
+  </si>
+  <si>
+    <t>Yearly</t>
+  </si>
+  <si>
+    <t>Health</t>
+  </si>
+  <si>
+    <t>Licensed Boarding Establishment</t>
+  </si>
+  <si>
+    <t>Information of locations and contact details for Pet Hotel List/Licensed Boarding Establishment</t>
+  </si>
+  <si>
+    <t>06/2026</t>
+  </si>
+  <si>
+    <t>As and when there is update</t>
+  </si>
+  <si>
+    <t>Recreation and Culture</t>
+  </si>
+  <si>
+    <t>Information on "Fish enJoy" farms</t>
+  </si>
+  <si>
+    <t>Location of "Fish enJoy" farms</t>
+  </si>
+  <si>
+    <t>04/2026</t>
+  </si>
+  <si>
+    <t>Buildings Department</t>
+  </si>
+  <si>
+    <t>Development</t>
+  </si>
+  <si>
+    <t>Buildings for which Modular Integrated Construction (MiC) had been adopted</t>
+  </si>
+  <si>
+    <t>Modular Integrated Construction (MiC) projects with issuance date of occupation permit, type and address</t>
+  </si>
+  <si>
+    <t>08/2026</t>
+  </si>
+  <si>
+    <t>Census and Statistics Department</t>
+  </si>
+  <si>
+    <t>Population</t>
+  </si>
+  <si>
+    <t>2021 Population Census (Statistics and Boundaries of Housing Market Areas and Building Groups)</t>
+  </si>
+  <si>
+    <t>This 2021 Population Census dataset contains statistics relevant to demographic, household, educational, economic, housing and internal migration characteristics of the Hong Kong population residing in the 173 Housing Market Areas and 3286 Building Groups in 2021. The dataset also contains the boundaries of individual Housing Market Areas and Building Groups. Housing Market Areas and Building Groups are demarcation systems developed jointly by the Census and Statistics Department and Centamap Company Limited (Centamap) for the dissemination of population census/by-census statistics. The 2021 Population Census, which was conducted in June to August 2021, provides benchmark statistics on the socio-economic characteristics of the Hong Kong population vital to the planning and policy formulation of the government.</t>
+  </si>
+  <si>
+    <t>One-off</t>
+  </si>
+  <si>
+    <t>Civil Engineering and Development Department</t>
+  </si>
+  <si>
+    <t>Information on Pedestrian Flow at Tai O Tourist Hotspots</t>
+  </si>
+  <si>
+    <t>Information on pedestrian flow at Tai O tourist hotspots</t>
+  </si>
+  <si>
+    <t>01/2026</t>
+  </si>
+  <si>
+    <t>Every 5 Minutes</t>
+  </si>
+  <si>
+    <t>Department of Health</t>
+  </si>
+  <si>
+    <t>Baby-Friendly Maternal and Child Health Centre</t>
+  </si>
+  <si>
+    <t>A list of Baby-Friendly Maternal and Child Health Centre with basic information</t>
+  </si>
+  <si>
+    <t>Babycare facilities in government premises</t>
+  </si>
+  <si>
+    <t>A list of babycare facilities in government premises with location and other detailed information</t>
+  </si>
+  <si>
+    <t>Twice per Year</t>
+  </si>
+  <si>
+    <t>Development Bureau</t>
+  </si>
+  <si>
+    <t>3D models of Declared Monuments</t>
+  </si>
+  <si>
+    <t>Individualised 3D models of Declared Monuments are a set of digital data of 3D models featuring geometry, texture, appearance and position. These models are formulated based on point cloud data and Small Unmanned Aircraft (SUA) aerial photos captured in between 2017-2025.</t>
+  </si>
+  <si>
+    <t>GreenWay in Kai Tak</t>
+  </si>
+  <si>
+    <t>Location of GreenWay in Kai Tak opened for public use</t>
+  </si>
+  <si>
+    <t>03/2026</t>
+  </si>
+  <si>
+    <t>Drainage Services Department</t>
+  </si>
+  <si>
+    <t>EcoDMS - River Channels</t>
+  </si>
+  <si>
+    <t>DSD Facilities Self-Guided Tour</t>
+  </si>
+  <si>
+    <t>DSD Facilities Self-Guided Tour (Kai Tak River Trail, Nam Sang Wai River Education Trail, San Tin Flood Protection Scheme) (rescheduled from 09/2025 to 03/2026)</t>
+  </si>
+  <si>
+    <t>Electrical and Mechanical Services Department</t>
+  </si>
+  <si>
     <t>Commerce and Industry</t>
   </si>
   <si>
-    <t>Government Wholesale Food Markets</t>
-[...104 lines deleted...]
-    <t>08/2025</t>
+    <t>Contractor List 4 - Replacement of Flexible Gas Tubing in Domestic Premises (Town Gas)</t>
+  </si>
+  <si>
+    <t>Lists of registered gas contractors under the Gas Safety (Registration of Gas Installers and Gas Contractors) Regulations</t>
+  </si>
+  <si>
+    <t>Quarterly</t>
+  </si>
+  <si>
+    <t>Contractor List 5 - Replacement of Flexible Gas Tubing in Domestic Premises (LPG)</t>
+  </si>
+  <si>
+    <t>Government Wide IoT Network (GWIN) Gateway</t>
+  </si>
+  <si>
+    <t>Location of Government Wide IoT Network (GWIN) Gateways</t>
+  </si>
+  <si>
+    <t>Buildings issued with Certificate of Compliance Registration (COCR) of the Buildings Energy Efficiency Ordinance</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Location and details of buildings with the Certificate of Compliance Registration (COCR) stage two declaration granted 
+(Non-spatial data of this dataset was released in 6/2023)</t>
+  </si>
+  <si>
+    <t>10/2026</t>
   </si>
   <si>
     <t>Monthly</t>
   </si>
   <si>
-    <t>List of industrial buildings with Buildings Department’s enforcement action taken illegal domestic premises</t>
-[...703 lines deleted...]
-  <si>
     <t>Buildings issued with Energy Audit Form for the Buildings Energy Efficiency Ordinance</t>
   </si>
   <si>
     <t>Location and details of buildings with Energy Audit Form certified by Registered Energy Assessor (REA)</t>
   </si>
   <si>
     <t>Buildings with Stage One Declaration submitted for the Buildings Energy Efficiency Ordinance</t>
   </si>
   <si>
     <t>Location and details of buildings with the Certificate of Compliance Registration (COCR) stage one declaration submitted</t>
+  </si>
+  <si>
+    <t>Cooling System in Hong Kong</t>
+  </si>
+  <si>
+    <t>Location of District Cooling System</t>
+  </si>
+  <si>
+    <t>Designated Areas of the Fresh Water Cooling Towers Scheme</t>
+  </si>
+  <si>
+    <t>Location Plans of Designated Areas of the Fresh Water Cooling Towers Scheme</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Exhibition Centres</t>
   </si>
   <si>
     <t xml:space="preserve">Location and details of venues hosting exhibitions on energy efficiency and conservation
 (Remark: This data is not comprehensive and is derived from the latest survey.)</t>
   </si>
   <si>
+    <t>Premises where the Improvement Notice (IN) In Force for the Buildings Energy Efficiency Ordinance</t>
+  </si>
+  <si>
+    <t>Location and details of premises where the Improvement Notice being in forced</t>
+  </si>
+  <si>
+    <t>Environmental Protection Department</t>
+  </si>
+  <si>
+    <t>Shoreline Cleanliness</t>
+  </si>
+  <si>
+    <t>Shoreline Cleanliness Grading of Marine Refuse Priority Sites</t>
+  </si>
+  <si>
+    <t>Fire Services Department</t>
+  </si>
+  <si>
+    <t>Buildings with Licensed Dangerous Goods Stores</t>
+  </si>
+  <si>
+    <t>List of Buildings with Licensed Dangerous Goods Stores</t>
+  </si>
+  <si>
+    <t>Licensed Petrol Filling Stations</t>
+  </si>
+  <si>
+    <t>Location of Licensed Petrol Filling Stations</t>
+  </si>
+  <si>
+    <t>Food and Environmental Hygiene Department</t>
+  </si>
+  <si>
+    <t>Register of registered food importers and registered food distributors</t>
+  </si>
+  <si>
+    <t>Daily</t>
+  </si>
+  <si>
+    <t>Restricted Foods Permit (Online Sale of Restricted Foods)</t>
+  </si>
+  <si>
+    <t>List of Restricted Foods Permits (online sale of restricted foods) in Hong Kong</t>
+  </si>
+  <si>
+    <t>09/2026</t>
+  </si>
+  <si>
+    <t>Health Bureau</t>
+  </si>
+  <si>
+    <t>List of Doctors (Primary Care Directory)</t>
+  </si>
+  <si>
+    <t>The dataset contains the list of contact information of Family Doctors including addresses, healthcare provider, healthcare service location and telephone numbers.</t>
+  </si>
+  <si>
+    <t>List of Women Wellness Satellites (WWS)</t>
+  </si>
+  <si>
+    <t>The dataset contains the list of contact information of Women Wellness Satellites including addresses, telephone numbers, fax numbers and websites.</t>
+  </si>
+  <si>
+    <t>Highways Department</t>
+  </si>
+  <si>
+    <t>Transportation</t>
+  </si>
+  <si>
+    <t>Retrofitting of Noise Barrier Projects</t>
+  </si>
+  <si>
+    <t>The data provides information of the retrofitting of noise barrier projects under Highways Department's purview.</t>
+  </si>
+  <si>
+    <t>Road Projects</t>
+  </si>
+  <si>
+    <t>The data provides information of the road projects under Highways Department's purview.</t>
+  </si>
+  <si>
+    <t>Walkability Projects</t>
+  </si>
+  <si>
+    <t>The data provides information of the walkability projects under Highways Department's purview.</t>
+  </si>
+  <si>
+    <t>Home Affairs Department</t>
+  </si>
+  <si>
+    <t>Existing Village/ Market Town Boundaries for Rural Representative Election (2027-2030)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Geo-referenced data of Existing Village/ Market Town Boundaries for Rural Representative Election.
+Such type of data was first launched in December 2022 and the new data will be released once every four years.</t>
+  </si>
+  <si>
+    <t>Once every four years</t>
+  </si>
+  <si>
+    <t>Historical District Boundary</t>
+  </si>
+  <si>
+    <t>Geo-referenced data of Historical District Boundary including district names in Chinese and English as well as boundary coordinates (longitudes and latitudes).</t>
+  </si>
+  <si>
+    <t>Hong Kong Monetary Authority</t>
+  </si>
+  <si>
+    <t>Register of Stablecoin Issuer Licensees</t>
+  </si>
+  <si>
+    <t>Address of the Principal Place of Business for Stablecoin Issuer Licensees</t>
+  </si>
+  <si>
+    <t>Hong Kong Observatory</t>
+  </si>
+  <si>
+    <t>Climate and Weather</t>
+  </si>
+  <si>
+    <t>Daily total cloud-to-cloud lightning strokes detected over the Hong Kong Territory</t>
+  </si>
+  <si>
+    <t>Provide data on daily total cloud-to-cloud lightning strokes detected over the Hong Kong Territory</t>
+  </si>
+  <si>
+    <t>Daily total cloud-to-ground lightning strokes detected over the Hong Kong Territory</t>
+  </si>
+  <si>
+    <t>Provide data on daily total cloud-to-ground lightning strokes detected over the Hong Kong Territory</t>
+  </si>
+  <si>
+    <t>Monthly total evapotranspiration</t>
+  </si>
+  <si>
+    <t>Provide data on monthly total evapotranspiration</t>
+  </si>
+  <si>
+    <t>Housing Bureau / Housing Authority / Housing Department</t>
+  </si>
+  <si>
+    <t>Housing</t>
+  </si>
+  <si>
+    <t>Housing Authority’s public rental housing stock</t>
+  </si>
+  <si>
+    <t>Public rental housing flat information.</t>
+  </si>
+  <si>
+    <t>Large Trees managed by Housing Authority (HA) in existing housing estates</t>
+  </si>
+  <si>
+    <t>The dataset includes existing large trees in existing housing estates with an individual trunk(s) over 500mm diameter at breast height (DBH).</t>
+  </si>
+  <si>
+    <t>Light Public Housing (LPH) stock</t>
+  </si>
+  <si>
+    <t>Light Public Housing unit information.</t>
+  </si>
+  <si>
+    <t>Location and Profile of Public Housing Estates – HA flatted factories</t>
+  </si>
+  <si>
+    <t>Information on flatted factories managed by HA including factory building name, location, year of intake, number of storey and number of units.</t>
+  </si>
+  <si>
+    <t>Location and Profile of Public Housing Estates – HA shopping centres</t>
+  </si>
+  <si>
+    <t>Information on shopping centres managed by HA including estate name, location, year of completion, number of floors and approximate total lettable area.</t>
+  </si>
+  <si>
+    <t>Location and Profile of Public Housing Estates – Home Ownership Scheme courts</t>
+  </si>
+  <si>
+    <t>Information on Home Ownership Scheme courts.</t>
+  </si>
+  <si>
+    <t>Location and Profile of Public Housing Estates – public housing estates</t>
+  </si>
+  <si>
+    <t>Information on public housing estates.</t>
+  </si>
+  <si>
+    <t>Sale transactions under the Tenants Purchase Scheme (TPS)</t>
+  </si>
+  <si>
+    <t>Sale transaction data of flats.</t>
+  </si>
+  <si>
+    <t>Transactions in the Resale of Green Form Subsidised Home Ownership Scheme (GSH) Flats of Ching Fu Court and Dip Tsui Court</t>
+  </si>
+  <si>
+    <t>Transactions in the Sale of Green Form Subsidised Home Ownership Scheme (GSH) Flats 2018</t>
+  </si>
+  <si>
+    <t>Transactions in the Sale of Green Form Subsidised Home Ownership Scheme (GSH) Flats 2019</t>
+  </si>
+  <si>
+    <t>Transactions in the Sale of Green Form Subsidised Home Ownership Scheme (GSH) Flats 2020/21</t>
+  </si>
+  <si>
+    <t>Transactions in the Sale of Green Form Subsidised Home Ownership Scheme (GSH) Flats 2022</t>
+  </si>
+  <si>
+    <t>Transactions in the Sale of Green Form Subsidised Home Ownership Scheme (GSH) Flats 2023</t>
+  </si>
+  <si>
+    <t>Transactions in the Sale of Green Form Subsidised Home Ownership Scheme (GSH) Flats 2024</t>
+  </si>
+  <si>
+    <t>Transactions in the Sale of Home Ownership Scheme (HOS) Flats 2018</t>
+  </si>
+  <si>
+    <t>Transactions in the Sale of Home Ownership Scheme (HOS) Flats 2019</t>
+  </si>
+  <si>
+    <t>Transactions in the Sale of Home Ownership Scheme (HOS) Flats 2020</t>
+  </si>
+  <si>
+    <t>Transactions in the Sale of Home Ownership Scheme (HOS) Flats 2022</t>
+  </si>
+  <si>
+    <t>Transactions in the Sale of Home Ownership Scheme (HOS) Flats 2023</t>
+  </si>
+  <si>
+    <t>Transactions in the Sale of Home Ownership Scheme (HOS) Flats 2024</t>
+  </si>
+  <si>
+    <t>Transactions in the Sale of Unsold Green Form Subsidised Home Ownership Scheme (GSH) Flats of Ching Fu Court &amp; Dip Tsui Court</t>
+  </si>
+  <si>
+    <t>Labour Department</t>
+  </si>
+  <si>
+    <t>Labour, Community and Social Welfare</t>
+  </si>
+  <si>
+    <t>Information of Offices of the Labour Relations Division</t>
+  </si>
+  <si>
+    <t>Address and opening hours of Offices of the Labour Relations Division of Labour Department</t>
+  </si>
+  <si>
+    <t>Information of the Minor Employment Claims Adjudication Board</t>
+  </si>
+  <si>
+    <t>Address, opening hours and enquiry telephone number of the Minor Employment Claims Adjudication Board</t>
+  </si>
+  <si>
+    <t>Information of the Registry of Trade Unions</t>
+  </si>
+  <si>
+    <t>Address and opening hours of the Registry of Trade Unions of Labour Department</t>
+  </si>
+  <si>
+    <t>Lands Department</t>
+  </si>
+  <si>
+    <t>Development; Geography; Land Information</t>
+  </si>
+  <si>
+    <t>Old Photos of Hong Kong</t>
+  </si>
+  <si>
+    <t>350 selected old photos of Hong Kong taken in the 1950s - 1970s showing the street views of Hong Kong, with district name tagged in the "Title" field of image file, some with street and building names. The photos are geo-tagged to the Hong Kong 1980 Grid coordinate system.</t>
+  </si>
+  <si>
+    <t>Geography</t>
+  </si>
+  <si>
+    <t>Digital Orthophoto DOP1000-1976</t>
+  </si>
+  <si>
+    <t>The Digital Orthophoto DOP1000-1976, with a ground sampling distance of 0.1m, was produced using aerial photographs taken in 1976 at a flying height of about 4,000 feet. This orthophoto primarily covers Hong Kong Island, and partially includes areas such as Yau Tsim Mong, Kowloon City, Wong Tai Sin, Kwun Tong, Kwai Tsing, Tsuen Wan, Tuen Mun, Yuen Long, Tai Po, Sha Tin and Sai Kung. The data is provided in GeoTIFF format with Worldfile.</t>
+  </si>
+  <si>
+    <t>Historical Map – Clear Water Bay (1954)</t>
+  </si>
+  <si>
+    <t>Map showing Clear Water Bay in 1954.</t>
+  </si>
+  <si>
+    <t>Historical Map – Tai O (1918)</t>
+  </si>
+  <si>
+    <t>Map showing Tai O in 1918.</t>
+  </si>
+  <si>
+    <t>Old Countryside Map</t>
+  </si>
+  <si>
+    <t>This dataset consists of five Countryside Maps, published between 1971 and 1983, in GeoTIFF format. The map images are geo-referenced to the Hong Kong 1980 Grid coordinate system.</t>
+  </si>
+  <si>
+    <t>Technology</t>
+  </si>
+  <si>
+    <t>Hong Kong Satellite Positioning Reference Station Network (SatRef) GNSS Network Real-time Kinematic Positioning Results</t>
+  </si>
+  <si>
+    <t>Dissemination of GNSS Network Real-Time Kinematic positioning results at Integrity Monitoring stations of the Hong Kong Satellite Positioning Reference Station Network in NMEA format.</t>
+  </si>
+  <si>
+    <t>02/2026</t>
+  </si>
+  <si>
+    <t>Real-time</t>
+  </si>
+  <si>
+    <t>Leisure and Cultural Services Department</t>
+  </si>
+  <si>
+    <t>Education; Recreation and Culture</t>
+  </si>
+  <si>
+    <t>Butterfly-watching in Urban Parks</t>
+  </si>
+  <si>
+    <t>Location for Butterfly-watching</t>
+  </si>
+  <si>
+    <t>Performance Venues – Future Projects</t>
+  </si>
+  <si>
+    <t>The venue is undergoing major renovation and planning construction projects</t>
+  </si>
+  <si>
+    <t>Performance Venues – Recent Projects</t>
+  </si>
+  <si>
+    <t>Recent venue system upgrade, replacement and renovation projects</t>
+  </si>
+  <si>
+    <t>Recreation and Culture; Sports</t>
+  </si>
+  <si>
+    <t>Competition Venues</t>
+  </si>
+  <si>
+    <t>Location of Competition Venues</t>
+  </si>
+  <si>
+    <t>SmartPLAY - Self-Service Stations Locations</t>
+  </si>
+  <si>
+    <t>Tree information of LCSD Venues</t>
+  </si>
+  <si>
+    <t>Marine Department</t>
+  </si>
+  <si>
+    <t>Government Mooring Buoys</t>
+  </si>
+  <si>
+    <t>The location of the Government Mooring Buoys</t>
+  </si>
+  <si>
+    <t>Kwai Chung Control Station Service Area</t>
+  </si>
+  <si>
+    <t>The vessel traffic area managed by the Kwai Chung Control Station</t>
+  </si>
+  <si>
+    <t>Planning Department</t>
+  </si>
+  <si>
+    <t>2025 Raster Grids on Land Utilization</t>
+  </si>
+  <si>
+    <t>Raster grids of the Land Utilization in Hong Kong to show the broad land use distribution of Hong Kong based on the updated satellite images.</t>
+  </si>
+  <si>
+    <t>Rating and Valuation Department</t>
+  </si>
+  <si>
+    <t>Summary Statistics - Government Rent Roll - Distribution of Assessments and Rateable Values by District</t>
+  </si>
+  <si>
+    <t>Statistics on the number of assessments and total rateable values in the Government Rent Roll by area as at 1 April of the year concerned.</t>
+  </si>
+  <si>
+    <t>Summary Statistics - Valuation List - Distribution of Assessments and Rateable Values by District</t>
+  </si>
+  <si>
+    <t>Statistics on the number of assessments and total rateable values in the Valuation List by area as at 1 April of the year concerned.</t>
+  </si>
+  <si>
+    <t>Registration and Electoral Office</t>
+  </si>
+  <si>
+    <t>Election</t>
+  </si>
+  <si>
+    <t>2026 Voter Registration Statistics</t>
+  </si>
+  <si>
+    <t>2026 Voter Registration Statistics (Geographical Constituencies)</t>
+  </si>
+  <si>
+    <t>11/2026</t>
+  </si>
+  <si>
+    <t>Social Welfare Department</t>
+  </si>
+  <si>
+    <t>Supported Employment Training for Persons with Disabilities (SET)</t>
+  </si>
+  <si>
+    <t>List of Supported Employment Training for Persons with Disabilities (district, name of service operator, address, telephone number, fax number, capacity and gender)</t>
+  </si>
+  <si>
+    <t>Transitional Support Service for Persons in Mental Recovery</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Introduction, service target, 
+list of service operators, name of support teams, address, telephone and fax number</t>
+  </si>
+  <si>
+    <t>Transport Department</t>
+  </si>
+  <si>
+    <t>Coordinate of Fleet Taxi Stopping Places</t>
+  </si>
+  <si>
+    <t>Location of Fleet Taxi Stopping Places</t>
+  </si>
+  <si>
+    <t>Roadworks Location Data</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Location of roadworks by HyD for roads
+with speed limit ≥ 70km/h in JSON format</t>
+  </si>
+  <si>
+    <t>University Grants Committee Secretariat</t>
+  </si>
+  <si>
+    <t>Education</t>
+  </si>
+  <si>
+    <t>Number of Incoming Exchange Enrolled in UGC-funded Full-time Programmes by University, Level of Study and Place of Origin</t>
+  </si>
+  <si>
+    <t>Statistics on incoming exchange enrolled in UGC-funded full-time programme</t>
+  </si>
+  <si>
+    <t>Number of Outgoing Exchange from UGC-funded Full-time Programmes by University, Level of Study and Place of Destination</t>
+  </si>
+  <si>
+    <t>Statistics on outgoing exchange from UGC-funded full-time programmes</t>
+  </si>
+  <si>
+    <t>Research grants for UGC-funded universities</t>
+  </si>
+  <si>
+    <t>Sub-degree/Undergraduate Students (Headcount) with Special Educational Needs (SEN) from UGC-funded Programmes by University</t>
+  </si>
+  <si>
+    <t>Statistics on sub-degree and undergraduate students with Special Educational Needs from UGC-funded programmes</t>
+  </si>
+  <si>
+    <t>Counter Services of Buildings Department</t>
+  </si>
+  <si>
+    <t>Counter services location and opening hours</t>
+  </si>
+  <si>
+    <t>08/2027</t>
+  </si>
+  <si>
+    <t>2026 Population Census (Statistics and Boundaries of various geographical regions)</t>
+  </si>
+  <si>
+    <t>This 2026 Population Census dataset contains statistics relevant to demographic, household, educational, economic, housing and internal migration characteristics of the Hong Kong population residing in District Council districts, District Council Geographical Constituencies, Large Tertiary Planning Unit Groups, Small Tertiary Planning Unit Groups, Large Subunit Groups, Small Subunit Groups, major housing estates, and new towns in 2026. The dataset also contains the boundaries of individual geographical regions.</t>
+  </si>
+  <si>
+    <t>03/2028</t>
+  </si>
+  <si>
+    <t>3D models of Graded Historical Buildings</t>
+  </si>
+  <si>
+    <t>Individualised 3D models of Graded Historical Buildings are a set of digital data of 3D models featuring geometry, texture, appearance and position. These models are formulated based on point cloud data and Small Unmanned Aircraft (SUA) aerial photos captured in between 2017-2025.</t>
+  </si>
+  <si>
+    <t>12/2027</t>
+  </si>
+  <si>
+    <t>Beautifying and Greening of DSD facilities</t>
+  </si>
+  <si>
+    <t>Beautifying and Greening of DSD facilities (rescheduled from 12/2025 to 03/2027)</t>
+  </si>
+  <si>
+    <t>03/2027</t>
+  </si>
+  <si>
     <t>Premises issued with Form of Compliance (FOC) of the Buildings Energy Efficiency Ordinance</t>
   </si>
   <si>
     <t>Location and details of premises with Form of Compliance (FOC) certified by Registered Energy Assessor (REA)</t>
   </si>
   <si>
     <t>10/2027</t>
   </si>
   <si>
-    <t>Premises where the Improvement Notice (IN) In Force for the Buildings Energy Efficiency Ordinance</t>
-[...2 lines deleted...]
-    <t>Location and details of premises where the Improvement Notice being in forced</t>
+    <t>Arising of solid waste disposed of at landfills - By district and main waste category</t>
+  </si>
+  <si>
+    <t>Annual quantity of total solid waste disposed of at landfills by district and by waste category, including (i) domestic waste, (ii) Commercial &amp; industrial waste, (iii) Municipal solid waste and (iv) Overall construction waste.</t>
+  </si>
+  <si>
+    <t>12/2028</t>
   </si>
   <si>
     <t>Hong Kong Collector / Recycler Directory</t>
   </si>
   <si>
     <t xml:space="preserve">A list of Hong Kong Collector / Recycler
 (Disclaimer: The Government of the Hong Kong Special Administrative Region (HKSAR Government) does not warrant or guarantee that the contents of this Directory are accurate or complete. And the inclusion of any organisations does not in any way imply endorsement by HKSAR Government.)</t>
   </si>
   <si>
-    <t>Buildings with Licensed Dangerous Goods Stores</t>
-[...48 lines deleted...]
-    <t>Once every four years</t>
+    <t>Sewerage Master Plans Reviews</t>
+  </si>
+  <si>
+    <t>Coverage of the various Sewerage Master Plans Reviews and their corresponding completion dates</t>
+  </si>
+  <si>
+    <t>Total solid waste received by disposal facilities - By main waste category</t>
+  </si>
+  <si>
+    <t>Annual quantity of total solid waste disposed of at disposal facilities by waste category, including (i) municipal solid waste, (ii) overall construction waste, (iii) special waste and (iv) all waste categories.</t>
+  </si>
+  <si>
+    <t>Water Control Zone (WCZ) maps</t>
+  </si>
+  <si>
+    <t>Water Control Zone (WCZ) maps of Hong Kong (Remarks: Please refer to the gazetted maps shown in EPD Homepage: https://www.epd.gov.hk/epd/english/environmentinhk/water/hkwqrc/map/watercontrolzone.html)</t>
+  </si>
+  <si>
+    <t>Building List for which Fire Safety Directions are issued under the Fire Safety (Buildings) Ordinance, Cap. 572, on or before 12.12.2024</t>
+  </si>
+  <si>
+    <t>Address of Building List for which Fire Safety Directions are issued under the Fire Safety (Buildings) Ordinance, Cap. 572, on or before 12.12.2024</t>
+  </si>
+  <si>
+    <t>Building/Premise List for which Fire Safety Directions are issued under the Fire Safety (Commercial Premises) Ordinance, Cap. 502, on or before 12.12.2024 - Prescribed Commercial Premises</t>
+  </si>
+  <si>
+    <t>Address and type of prescribed commercial premises which Fire Safety Directions are issued under the Fire Safety (Commercial Premises) Ordinance, Cap. 502, on or before 12.12.2024</t>
+  </si>
+  <si>
+    <t>Building/Premise List for which Fire Safety Directions/ Fire Safety Improvement Directions are issued under the Fire Safety (Commercial Premises) Ordinance, Cap. 502, on or before 12.12.2024 - Specified Commercial Buildings</t>
+  </si>
+  <si>
+    <t>Address of Building/Premise List for which Fire Safety Directions/ Fire Safety Improvement Directions are issued under the Fire Safety (Commercial Premises) Ordinance, Cap. 502, on or before 12.12.2024 - Specified Commercial Buildings</t>
   </si>
   <si>
     <t>Information on District Services and Community Care Teams (Care Teams)</t>
   </si>
   <si>
     <t>Boundary maps, communication channels, operating organisations, partnering organisations, captains, vice-captains and members of all sub-district Care Teams in Hong Kong.</t>
   </si>
   <si>
-    <t>Daily total cloud-to-cloud lightning strokes detected over the Hong Kong Territory</t>
-[...32 lines deleted...]
-    <t>Map showing Clear Water Bay in 1954.</t>
+    <t>02/2027</t>
+  </si>
+  <si>
+    <t>6-month, 12-month and 24-month Standardized Precipitation Index (SPI)</t>
+  </si>
+  <si>
+    <t>Provide data on 6-month, 12-month and 24-month Standardized Precipitation Index (SPI)</t>
+  </si>
+  <si>
+    <t>06/2028</t>
+  </si>
+  <si>
+    <t>Monthly Heating Degree-Days (HDD) and Cooling Degree-Days (CDD)</t>
+  </si>
+  <si>
+    <t>Provide data on monthly Heating Degree-Days (HDD) and Cooling Degree-Days (CDD)</t>
+  </si>
+  <si>
+    <t>06/2027</t>
+  </si>
+  <si>
+    <t>Location and Profile of Public Housing Estates – HA car parks</t>
+  </si>
+  <si>
+    <t>Information on car parks managed by HA including car park name, location, number of car park space.</t>
+  </si>
+  <si>
+    <t>Transactions in the Sale of Green Form Subsidised Home Ownership Scheme Flats (GSH) 2025</t>
+  </si>
+  <si>
+    <t>Transactions in the Sale of Green Form Subsidised Home Ownership Scheme Flats (GSH) 2026</t>
+  </si>
+  <si>
+    <t>Transactions in the Sale of Green Form Subsidised Home Ownership Scheme Flats (GSH) 2027</t>
+  </si>
+  <si>
+    <t>Transactions in the Sale of Home Ownership Scheme (HOS) Flats 2025</t>
+  </si>
+  <si>
+    <t>Transactions in the Sale of Home Ownership Scheme (HOS) Flats 2026</t>
+  </si>
+  <si>
+    <t>Transactions in the Sale of Home Ownership Scheme (HOS) Flats 2027</t>
   </si>
   <si>
     <t>Historical Map – Hong Kong (1958)</t>
   </si>
   <si>
     <t>Map showing the whole territory of Hong Kong in 1958.</t>
   </si>
   <si>
-    <t>06/2027</t>
-[...1 lines deleted...]
-  <si>
     <t>Historical Map – Hong Kong (1960)</t>
   </si>
   <si>
     <t>Map showing the whole territory of Hong Kong in 1960.</t>
   </si>
   <si>
-    <t>Historical Map – Tai O (1918)</t>
-[...16 lines deleted...]
-  <si>
     <t>Blossom Around Town</t>
   </si>
   <si>
     <t>Introducing the flowering trees commonly seen at the LCSD's venues and the XY coordinates of great viewing places</t>
   </si>
   <si>
     <t>07/2027</t>
   </si>
   <si>
-    <t>Performance Venues – Future Projects</t>
-[...13 lines deleted...]
-  <si>
     <t>Community Garden Programme</t>
   </si>
   <si>
     <t>Location of Community Gardens</t>
   </si>
   <si>
+    <t>Geotagged materials in Hong Kong Memory</t>
+  </si>
+  <si>
+    <t>Digitised materials on Hong Kong's history, culture and heritage hosted on Hong Kong Memory with geographic location information.</t>
+  </si>
+  <si>
     <t>The Best Landscape Award for Private Property Development</t>
   </si>
   <si>
     <t>Location of the Awarded Private Properties</t>
   </si>
   <si>
     <t>Every 2 to 3 Years</t>
   </si>
   <si>
+    <t>Tree information of Roadside Trees maintained by LCSD</t>
+  </si>
+  <si>
+    <t>Anchorages</t>
+  </si>
+  <si>
+    <t>The location of Anchorages</t>
+  </si>
+  <si>
+    <t>Marine Works in Progress</t>
+  </si>
+  <si>
+    <t>The location of Marine Works in Progress</t>
+  </si>
+  <si>
+    <t>Sheltered Anchorages</t>
+  </si>
+  <si>
+    <t>The location of Sheltered Anchorages</t>
+  </si>
+  <si>
     <t>Boundaries of Tertiary Planning Units &amp; Subunits (for 2026 Population Census)</t>
   </si>
   <si>
     <t>Boundary polygons of the Tertiary Planning Units &amp; Subunits adopted in 2026 Population Census.</t>
   </si>
   <si>
     <t>Every 5 Years</t>
   </si>
   <si>
     <t>Boundaries of New Towns (for 2026 Population Census)</t>
   </si>
   <si>
     <t>Boundary polygons of the New Towns adopted in 2026 Population Census.</t>
   </si>
   <si>
+    <t>Property Market Statistics - Private Domestic - Demolition by Class</t>
+  </si>
+  <si>
+    <t>Statistical data on demolition of private domestic properties by class.</t>
+  </si>
+  <si>
+    <t>Property Market Statistics - Private Domestic - Demolition by Class and Region</t>
+  </si>
+  <si>
+    <t>Statistical data on demolition of private domestic properties by class and region.</t>
+  </si>
+  <si>
+    <t>Property Market Statistics - Private Domestic - Demolition by Region</t>
+  </si>
+  <si>
+    <t>Statistical data on demolition of private domestic properties by region.</t>
+  </si>
+  <si>
     <t>Property Market Statistics - Private Offices - Demolition by Grade</t>
   </si>
   <si>
     <t>Statistical data on demolition of private offices properties by grade.</t>
   </si>
   <si>
     <t>Property Market Statistics - Private Offices - Demolition by Grade and Region</t>
   </si>
   <si>
     <t>Statistical data on demolition of private offices properties by grade and region.</t>
   </si>
   <si>
     <t>Property Market Statistics - Private Offices - Demolition by Region</t>
   </si>
   <si>
     <t>Statistical data on demolition of private offices properties by region.</t>
   </si>
   <si>
-    <t>Summary Statistics - Government Rent Roll - Distribution of Assessments and Rateable Values by District</t>
-[...19 lines deleted...]
-  <si>
     <t>2027 Voter Registration Statistics</t>
   </si>
   <si>
     <t>2027 Voter Registration Statistics (Geographical Constituencies) (Dataset of the same type had been released in previous year)</t>
   </si>
   <si>
     <t>11/2027</t>
   </si>
   <si>
+    <t>2028 Voter Registration Statistics</t>
+  </si>
+  <si>
+    <t>2028 Voter Registration Statistics (Geographical Constituencies) (Dataset of the same type had been released in previous year)</t>
+  </si>
+  <si>
+    <t>11/2028</t>
+  </si>
+  <si>
     <t>Election Results of 2027 District Council Ordinary Election</t>
   </si>
   <si>
     <t>Election Results of 2027 District Council Ordinary Election (Dataset of the same type had been released in previous year)</t>
   </si>
   <si>
     <t>Elector Statistics of 2027 District Council Ordinary Election District Committees Constituencies</t>
   </si>
   <si>
-    <t>Education Bureau</t>
-[...17 lines deleted...]
-    <t>List of licensed liquor premises in Hong Kong</t>
+    <t>List of Approved Service Providers under the Scheme on Living Allowance for Carers of Elderly Persons from Low-income Families</t>
+  </si>
+  <si>
+    <t>Name of operating organisation, name of approved service provider, address and enquiry telephone number</t>
+  </si>
+  <si>
+    <t>List of Approved Service Providers under the Scheme on Living Allowance for Low-income Carers of Persons with Disabilities</t>
   </si>
   <si>
     <t>Hospital Authority</t>
   </si>
   <si>
     <t>List of Early Assessment Service for Young People with Psychosis (EASY) Centres in Hospital Authority</t>
   </si>
   <si>
     <t>Geo-referenced information on Early Assessment Service for Young People with Psychosis (EASY) Centres in Hospital Authority.</t>
   </si>
   <si>
     <t>List of Infirmary Units in Hospital Authority</t>
   </si>
   <si>
     <t>Geo-referenced information on Infirmary Units in Hospital Authority.</t>
   </si>
   <si>
     <t>List of Patient Groups</t>
   </si>
   <si>
     <t>Geo-referenced information on Patient Groups.</t>
   </si>
   <si>
     <t>List of Patient Resource Centres in Hospital Authority</t>
   </si>
   <si>
     <t>Geo-referenced information on Patient Resource Centres in Hospital Authority.</t>
   </si>
   <si>
     <t>List of Smoking Counselling and Cessation Centres in Hospital Authority</t>
   </si>
   <si>
     <t>Geo-referenced information on Smoking Counselling and Cessation Centres in Hospital Authority.</t>
   </si>
   <si>
-    <t>Number of Allied Health (Outpatient) Attendances by Allied Health Department and Clinic</t>
-[...2 lines deleted...]
-    <t>This dataset contains the service throughput of allied health (outpatient) attendances by allied health department and Geolocation of the clinics under the Hospital Authority.</t>
+    <t>Mobile donation vehicles</t>
+  </si>
+  <si>
+    <t>Geo-referenced information and service schedule of the mobile donation vehicles</t>
   </si>
   <si>
     <t>Statistics on Selected Endoscopic Procedures by Hospital</t>
   </si>
   <si>
     <t>This dataset contains the service throughput of selected endoscopic procedures and Geolocation of the hospitals under the Hospital Authority.</t>
   </si>
   <si>
-    <t>Innovation and Technology Commission</t>
-[...37 lines deleted...]
-  <si>
     <t>Electoral Affairs Commission</t>
   </si>
   <si>
-    <t>2025 Legislative Council General Election Geographical Constituency Boundaries</t>
+    <t>2027 District Council Ordinary Election District Council Geographical Constituency Boundaries</t>
+  </si>
+  <si>
+    <t>2027 District Council Ordinary Election District Council Geographical Constituency Boundaries (This dataset is owned and released by Electoral Affairs Commission.)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
     </font>
     <font>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1698,51 +1509,51 @@
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:B1"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="20" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>2</v>
       </c>
       <c r="B1" t="s">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:G157"/>
+  <dimension ref="A1:G145"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="bottomRight" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="7" width="20" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="E1" s="1" t="s">
@@ -1787,3582 +1598,3306 @@
       </c>
       <c r="C3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="D4" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E4" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="G4" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="D5" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="E5" s="2" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G5" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="D6" s="2" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="E6" s="2" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="G6" s="2" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="D7" s="2" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="E7" s="2" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="G7" s="2" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
-        <v>11</v>
+        <v>42</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="D8" s="2" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="E8" s="2" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="G8" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
-        <v>11</v>
+        <v>42</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="D9" s="2" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E9" s="2" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="G9" s="2" t="s">
-        <v>17</v>
+        <v>47</v>
       </c>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A10" s="2" t="s">
-        <v>11</v>
+        <v>48</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="D10" s="2" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="E10" s="2" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G10" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A11" s="2" t="s">
-        <v>11</v>
+        <v>48</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="D11" s="2" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="E11" s="2" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G11" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A12" s="2" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
       <c r="D12" s="2" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="E12" s="2" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="G12" s="2" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A13" s="2" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="E13" s="2" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>36</v>
+        <v>53</v>
       </c>
       <c r="G13" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A14" s="2" t="s">
-        <v>45</v>
+        <v>58</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>46</v>
+        <v>59</v>
       </c>
       <c r="D14" s="2" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="E14" s="2" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="G14" s="2" t="s">
-        <v>50</v>
+        <v>62</v>
       </c>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A15" s="2" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>46</v>
+        <v>59</v>
       </c>
       <c r="D15" s="2" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="E15" s="2" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="G15" s="2" t="s">
-        <v>17</v>
+        <v>62</v>
       </c>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A16" s="2" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>18</v>
+        <v>59</v>
       </c>
       <c r="D16" s="2" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="E16" s="2" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="G16" s="2" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>62</v>
+        <v>13</v>
       </c>
       <c r="D17" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="E17" s="2" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>16</v>
+        <v>68</v>
       </c>
       <c r="G17" s="2" t="s">
-        <v>17</v>
+        <v>69</v>
       </c>
     </row>
     <row r="18" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A18" s="2" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="D18" s="2" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="E18" s="2" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>16</v>
+        <v>68</v>
       </c>
       <c r="G18" s="2" t="s">
-        <v>50</v>
+        <v>69</v>
       </c>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="B19" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C19" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="E19" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="F19" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="B19" s="2" t="s">
-[...5 lines deleted...]
-      <c r="D19" s="2" t="s">
+      <c r="G19" s="2" t="s">
         <v>69</v>
-      </c>
-[...7 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A20" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="B20" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C20" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="E20" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="F20" s="2" t="s">
         <v>68</v>
-      </c>
-[...13 lines deleted...]
-        <v>16</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21" s="2" t="s">
-        <v>73</v>
+        <v>58</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>74</v>
+        <v>13</v>
       </c>
       <c r="D21" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E21" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A22" s="2" t="s">
-        <v>73</v>
+        <v>58</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>74</v>
+        <v>13</v>
       </c>
       <c r="D22" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E22" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>79</v>
+        <v>68</v>
       </c>
       <c r="G22" s="2" t="s">
-        <v>17</v>
+        <v>62</v>
       </c>
     </row>
     <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="B23" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C23" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" s="2" t="s">
         <v>80</v>
-      </c>
-[...7 lines deleted...]
-        <v>81</v>
       </c>
       <c r="E23" s="2" t="s">
         <v>81</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>21</v>
+        <v>68</v>
       </c>
       <c r="G23" s="2" t="s">
-        <v>22</v>
+        <v>69</v>
       </c>
     </row>
     <row r="24" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A24" s="2" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="D24" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E24" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G24" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A25" s="2" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>37</v>
+        <v>59</v>
       </c>
       <c r="D25" s="2" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="E25" s="2" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>86</v>
+        <v>16</v>
       </c>
       <c r="G25" s="2" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A26" s="2" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>18</v>
+        <v>59</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>88</v>
       </c>
       <c r="E26" s="2" t="s">
         <v>89</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>79</v>
+        <v>16</v>
       </c>
       <c r="G26" s="2" t="s">
-        <v>90</v>
+        <v>62</v>
       </c>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A27" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="B27" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C27" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="D27" s="2" t="s">
         <v>91</v>
       </c>
-      <c r="B27" s="2" t="s">
-[...5 lines deleted...]
-      <c r="D27" s="2" t="s">
+      <c r="E27" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="F27" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G27" s="2" t="s">
         <v>92</v>
-      </c>
-[...7 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="28" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A28" s="2" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>18</v>
+        <v>59</v>
       </c>
       <c r="D28" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="E28" s="2" t="s">
         <v>94</v>
       </c>
-      <c r="E28" s="2" t="s">
+      <c r="F28" s="2" t="s">
         <v>95</v>
       </c>
-      <c r="F28" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G28" s="2" t="s">
-        <v>17</v>
+        <v>92</v>
       </c>
     </row>
     <row r="29" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A29" s="2" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="D29" s="2" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E29" s="2" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G29" s="2" t="s">
-        <v>98</v>
+        <v>22</v>
       </c>
     </row>
     <row r="30" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A30" s="2" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="D30" s="2" t="s">
         <v>99</v>
       </c>
       <c r="E30" s="2" t="s">
         <v>100</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G30" s="2" t="s">
-        <v>101</v>
+        <v>22</v>
       </c>
     </row>
     <row r="31" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A31" s="2" t="s">
-        <v>91</v>
+        <v>101</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>18</v>
+        <v>102</v>
       </c>
       <c r="D31" s="2" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E31" s="2" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="G31" s="2" t="s">
-        <v>101</v>
+        <v>62</v>
       </c>
     </row>
     <row r="32" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A32" s="2" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>13</v>
+        <v>102</v>
       </c>
       <c r="D32" s="2" t="s">
         <v>105</v>
       </c>
       <c r="E32" s="2" t="s">
         <v>106</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="G32" s="2" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
     </row>
     <row r="33" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A33" s="2" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>30</v>
+        <v>102</v>
       </c>
       <c r="D33" s="2" t="s">
         <v>107</v>
       </c>
       <c r="E33" s="2" t="s">
         <v>108</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="G33" s="2" t="s">
-        <v>109</v>
+        <v>62</v>
       </c>
     </row>
     <row r="34" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A34" s="2" t="s">
+        <v>109</v>
+      </c>
+      <c r="B34" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C34" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="D34" s="2" t="s">
         <v>110</v>
       </c>
-      <c r="B34" s="2" t="s">
-[...5 lines deleted...]
-      <c r="D34" s="2" t="s">
+      <c r="E34" s="2" t="s">
         <v>111</v>
       </c>
-      <c r="E34" s="2" t="s">
+      <c r="F34" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="G34" s="2" t="s">
         <v>112</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="35" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A35" s="2" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="D35" s="2" t="s">
         <v>113</v>
       </c>
       <c r="E35" s="2" t="s">
         <v>114</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="G35" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="36" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A36" s="2" t="s">
         <v>115</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>18</v>
+        <v>59</v>
       </c>
       <c r="D36" s="2" t="s">
         <v>116</v>
       </c>
       <c r="E36" s="2" t="s">
         <v>117</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>44</v>
+        <v>16</v>
       </c>
       <c r="G36" s="2" t="s">
-        <v>101</v>
+        <v>22</v>
       </c>
     </row>
     <row r="37" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A37" s="2" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>18</v>
+        <v>119</v>
       </c>
       <c r="D37" s="2" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="E37" s="2" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G37" s="2" t="s">
-        <v>101</v>
+        <v>69</v>
       </c>
     </row>
     <row r="38" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A38" s="2" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>13</v>
+        <v>119</v>
       </c>
       <c r="D38" s="2" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E38" s="2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>123</v>
+        <v>21</v>
       </c>
       <c r="G38" s="2" t="s">
-        <v>50</v>
+        <v>69</v>
       </c>
     </row>
     <row r="39" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A39" s="2" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>13</v>
+        <v>119</v>
       </c>
       <c r="D39" s="2" t="s">
         <v>124</v>
       </c>
       <c r="E39" s="2" t="s">
         <v>125</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>123</v>
+        <v>21</v>
       </c>
       <c r="G39" s="2" t="s">
-        <v>50</v>
+        <v>69</v>
       </c>
     </row>
     <row r="40" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A40" s="2" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>13</v>
+        <v>127</v>
       </c>
       <c r="D40" s="2" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="E40" s="2" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>123</v>
+        <v>68</v>
       </c>
       <c r="G40" s="2" t="s">
-        <v>50</v>
+        <v>62</v>
       </c>
     </row>
     <row r="41" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A41" s="2" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>13</v>
+        <v>127</v>
       </c>
       <c r="D41" s="2" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="E41" s="2" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>123</v>
+        <v>95</v>
       </c>
       <c r="G41" s="2" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
     </row>
     <row r="42" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A42" s="2" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>62</v>
+        <v>127</v>
       </c>
       <c r="D42" s="2" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="E42" s="2" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>86</v>
+        <v>53</v>
       </c>
       <c r="G42" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="43" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A43" s="2" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>62</v>
+        <v>127</v>
       </c>
       <c r="D43" s="2" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="E43" s="2" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>79</v>
+        <v>68</v>
       </c>
       <c r="G43" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="44" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A44" s="2" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>13</v>
+        <v>127</v>
       </c>
       <c r="D44" s="2" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="E44" s="2" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>21</v>
+        <v>68</v>
       </c>
       <c r="G44" s="2" t="s">
-        <v>135</v>
+        <v>22</v>
       </c>
     </row>
     <row r="45" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A45" s="2" t="s">
-        <v>136</v>
+        <v>126</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>137</v>
+        <v>127</v>
       </c>
       <c r="D45" s="2" t="s">
         <v>138</v>
       </c>
       <c r="E45" s="2" t="s">
         <v>139</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>36</v>
+        <v>68</v>
       </c>
       <c r="G45" s="2" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
     </row>
     <row r="46" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A46" s="2" t="s">
-        <v>136</v>
+        <v>126</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>137</v>
+        <v>127</v>
       </c>
       <c r="D46" s="2" t="s">
         <v>140</v>
       </c>
       <c r="E46" s="2" t="s">
         <v>141</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>36</v>
+        <v>68</v>
       </c>
       <c r="G46" s="2" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
     </row>
     <row r="47" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A47" s="2" t="s">
-        <v>136</v>
+        <v>126</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>137</v>
+        <v>127</v>
       </c>
       <c r="D47" s="2" t="s">
         <v>142</v>
       </c>
       <c r="E47" s="2" t="s">
         <v>143</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>36</v>
+        <v>68</v>
       </c>
       <c r="G47" s="2" t="s">
-        <v>50</v>
+        <v>62</v>
       </c>
     </row>
     <row r="48" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A48" s="2" t="s">
-        <v>136</v>
+        <v>126</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>18</v>
+        <v>127</v>
       </c>
       <c r="D48" s="2" t="s">
         <v>144</v>
       </c>
       <c r="E48" s="2" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="F48" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" s="2" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="49" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A49" s="2" t="s">
-        <v>147</v>
+        <v>126</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>148</v>
+        <v>127</v>
       </c>
       <c r="D49" s="2" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="E49" s="2" t="s">
-        <v>150</v>
+        <v>143</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G49" s="2" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
     </row>
     <row r="50" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A50" s="2" t="s">
-        <v>151</v>
+        <v>126</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>13</v>
+        <v>127</v>
       </c>
       <c r="D50" s="2" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="E50" s="2" t="s">
-        <v>153</v>
+        <v>143</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>49</v>
+        <v>21</v>
       </c>
       <c r="G50" s="2" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
     </row>
     <row r="51" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A51" s="2" t="s">
-        <v>154</v>
+        <v>126</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>62</v>
+        <v>127</v>
       </c>
       <c r="D51" s="2" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="E51" s="2" t="s">
-        <v>156</v>
+        <v>143</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>60</v>
+        <v>21</v>
       </c>
       <c r="G51" s="2" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
     </row>
     <row r="52" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A52" s="2" t="s">
-        <v>157</v>
+        <v>126</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>158</v>
+        <v>127</v>
       </c>
       <c r="D52" s="2" t="s">
-        <v>159</v>
+        <v>148</v>
       </c>
       <c r="E52" s="2" t="s">
-        <v>160</v>
+        <v>143</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G52" s="2" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
     </row>
     <row r="53" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A53" s="2" t="s">
-        <v>161</v>
+        <v>126</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>46</v>
+        <v>127</v>
       </c>
       <c r="D53" s="2" t="s">
-        <v>162</v>
+        <v>149</v>
       </c>
       <c r="E53" s="2" t="s">
-        <v>163</v>
+        <v>143</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G53" s="2" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
     </row>
     <row r="54" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A54" s="2" t="s">
-        <v>161</v>
+        <v>126</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>46</v>
+        <v>127</v>
       </c>
       <c r="D54" s="2" t="s">
-        <v>164</v>
+        <v>150</v>
       </c>
       <c r="E54" s="2" t="s">
-        <v>165</v>
+        <v>143</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G54" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="55" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A55" s="2" t="s">
-        <v>161</v>
+        <v>126</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>166</v>
+        <v>127</v>
       </c>
       <c r="D55" s="2" t="s">
-        <v>167</v>
+        <v>151</v>
       </c>
       <c r="E55" s="2" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="F55" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G55" s="2" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="56" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A56" s="2" t="s">
-        <v>161</v>
+        <v>126</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>166</v>
+        <v>127</v>
       </c>
       <c r="D56" s="2" t="s">
-        <v>169</v>
+        <v>152</v>
       </c>
       <c r="E56" s="2" t="s">
-        <v>170</v>
+        <v>143</v>
       </c>
       <c r="F56" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G56" s="2" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="57" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A57" s="2" t="s">
-        <v>161</v>
+        <v>126</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>166</v>
+        <v>127</v>
       </c>
       <c r="D57" s="2" t="s">
-        <v>171</v>
+        <v>153</v>
       </c>
       <c r="E57" s="2" t="s">
-        <v>172</v>
+        <v>143</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G57" s="2" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
     </row>
     <row r="58" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A58" s="2" t="s">
-        <v>161</v>
+        <v>126</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>166</v>
+        <v>127</v>
       </c>
       <c r="D58" s="2" t="s">
-        <v>173</v>
+        <v>154</v>
       </c>
       <c r="E58" s="2" t="s">
-        <v>174</v>
+        <v>143</v>
       </c>
       <c r="F58" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G58" s="2" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="59" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A59" s="2" t="s">
-        <v>175</v>
+        <v>126</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>18</v>
+        <v>127</v>
       </c>
       <c r="D59" s="2" t="s">
-        <v>176</v>
+        <v>155</v>
       </c>
       <c r="E59" s="2" t="s">
-        <v>177</v>
+        <v>143</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G59" s="2" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
     </row>
     <row r="60" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A60" s="2" t="s">
-        <v>175</v>
+        <v>126</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>37</v>
+        <v>127</v>
       </c>
       <c r="D60" s="2" t="s">
-        <v>178</v>
+        <v>156</v>
       </c>
       <c r="E60" s="2" t="s">
-        <v>179</v>
+        <v>143</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G60" s="2" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
     </row>
     <row r="61" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A61" s="2" t="s">
-        <v>175</v>
+        <v>126</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>180</v>
+        <v>127</v>
       </c>
       <c r="D61" s="2" t="s">
-        <v>181</v>
+        <v>157</v>
       </c>
       <c r="E61" s="2" t="s">
-        <v>182</v>
+        <v>143</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G61" s="2" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
     </row>
     <row r="62" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A62" s="2" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>137</v>
+        <v>159</v>
       </c>
       <c r="D62" s="2" t="s">
-        <v>184</v>
+        <v>160</v>
       </c>
       <c r="E62" s="2" t="s">
-        <v>185</v>
+        <v>161</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="G62" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="63" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A63" s="2" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>186</v>
+        <v>159</v>
       </c>
       <c r="D63" s="2" t="s">
-        <v>187</v>
+        <v>162</v>
       </c>
       <c r="E63" s="2" t="s">
-        <v>188</v>
+        <v>163</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="G63" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="64" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A64" s="2" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>186</v>
+        <v>159</v>
       </c>
       <c r="D64" s="2" t="s">
-        <v>189</v>
+        <v>164</v>
       </c>
       <c r="E64" s="2" t="s">
-        <v>190</v>
+        <v>165</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="G64" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="65" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A65" s="2" t="s">
-        <v>183</v>
+        <v>166</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>186</v>
+        <v>167</v>
       </c>
       <c r="D65" s="2" t="s">
-        <v>191</v>
+        <v>168</v>
       </c>
       <c r="E65" s="2" t="s">
-        <v>192</v>
+        <v>169</v>
       </c>
       <c r="F65" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G65" s="2" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="66" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A66" s="2" t="s">
-        <v>183</v>
+        <v>166</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>186</v>
+        <v>170</v>
       </c>
       <c r="D66" s="2" t="s">
-        <v>193</v>
+        <v>171</v>
       </c>
       <c r="E66" s="2" t="s">
-        <v>194</v>
+        <v>172</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="G66" s="2" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
     </row>
     <row r="67" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A67" s="2" t="s">
-        <v>183</v>
+        <v>166</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>186</v>
+        <v>170</v>
       </c>
       <c r="D67" s="2" t="s">
-        <v>195</v>
+        <v>173</v>
       </c>
       <c r="E67" s="2" t="s">
-        <v>196</v>
+        <v>174</v>
       </c>
       <c r="F67" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G67" s="2" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="68" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A68" s="2" t="s">
-        <v>183</v>
+        <v>166</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>186</v>
+        <v>170</v>
       </c>
       <c r="D68" s="2" t="s">
-        <v>197</v>
+        <v>175</v>
       </c>
       <c r="E68" s="2" t="s">
-        <v>198</v>
+        <v>176</v>
       </c>
       <c r="F68" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G68" s="2" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="69" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A69" s="2" t="s">
-        <v>183</v>
+        <v>166</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>186</v>
+        <v>170</v>
       </c>
       <c r="D69" s="2" t="s">
-        <v>199</v>
+        <v>177</v>
       </c>
       <c r="E69" s="2" t="s">
-        <v>200</v>
+        <v>178</v>
       </c>
       <c r="F69" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="G69" s="2" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="70" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A70" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="B70" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C70" s="2" t="s">
+        <v>179</v>
+      </c>
+      <c r="D70" s="2" t="s">
+        <v>180</v>
+      </c>
+      <c r="E70" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="F70" s="2" t="s">
+        <v>182</v>
+      </c>
+      <c r="G70" s="2" t="s">
         <v>183</v>
-      </c>
-[...16 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="71" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A71" s="2" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C71" s="2" t="s">
+        <v>185</v>
+      </c>
+      <c r="D71" s="2" t="s">
         <v>186</v>
       </c>
-      <c r="D71" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E71" s="2" t="s">
-        <v>204</v>
+        <v>187</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="G71" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="72" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A72" s="2" t="s">
-        <v>205</v>
+        <v>184</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="D72" s="2" t="s">
-        <v>206</v>
+        <v>188</v>
       </c>
       <c r="E72" s="2" t="s">
-        <v>206</v>
+        <v>189</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="G72" s="2" t="s">
-        <v>109</v>
+        <v>22</v>
       </c>
     </row>
     <row r="73" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A73" s="2" t="s">
-        <v>205</v>
+        <v>184</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="D73" s="2" t="s">
-        <v>207</v>
+        <v>190</v>
       </c>
       <c r="E73" s="2" t="s">
-        <v>207</v>
+        <v>191</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="G73" s="2" t="s">
-        <v>109</v>
+        <v>22</v>
       </c>
     </row>
     <row r="74" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A74" s="2" t="s">
-        <v>208</v>
+        <v>184</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>74</v>
+        <v>192</v>
       </c>
       <c r="D74" s="2" t="s">
-        <v>209</v>
+        <v>193</v>
       </c>
       <c r="E74" s="2" t="s">
-        <v>210</v>
+        <v>194</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>79</v>
+        <v>16</v>
       </c>
       <c r="G74" s="2" t="s">
-        <v>109</v>
+        <v>22</v>
       </c>
     </row>
     <row r="75" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A75" s="2" t="s">
-        <v>211</v>
+        <v>184</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>46</v>
+        <v>192</v>
       </c>
       <c r="D75" s="2" t="s">
-        <v>212</v>
+        <v>195</v>
       </c>
       <c r="E75" s="2" t="s">
-        <v>213</v>
+        <v>195</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>86</v>
+        <v>40</v>
       </c>
       <c r="G75" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="76" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A76" s="2" t="s">
-        <v>214</v>
+        <v>184</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>158</v>
+        <v>192</v>
       </c>
       <c r="D76" s="2" t="s">
-        <v>215</v>
+        <v>196</v>
       </c>
       <c r="E76" s="2" t="s">
-        <v>216</v>
+        <v>196</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G76" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="77" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A77" s="2" t="s">
-        <v>214</v>
+        <v>197</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>158</v>
+        <v>102</v>
       </c>
       <c r="D77" s="2" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="E77" s="2" t="s">
-        <v>218</v>
+        <v>199</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G77" s="2" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
     </row>
     <row r="78" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A78" s="2" t="s">
-        <v>214</v>
+        <v>197</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>158</v>
+        <v>102</v>
       </c>
       <c r="D78" s="2" t="s">
-        <v>219</v>
+        <v>200</v>
       </c>
       <c r="E78" s="2" t="s">
-        <v>220</v>
+        <v>201</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G78" s="2" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
     </row>
     <row r="79" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A79" s="2" t="s">
-        <v>214</v>
+        <v>202</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>158</v>
+        <v>28</v>
       </c>
       <c r="D79" s="2" t="s">
-        <v>221</v>
+        <v>203</v>
       </c>
       <c r="E79" s="2" t="s">
-        <v>222</v>
+        <v>204</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>21</v>
+        <v>95</v>
       </c>
       <c r="G79" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="80" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A80" s="2" t="s">
-        <v>214</v>
+        <v>205</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>158</v>
+        <v>127</v>
       </c>
       <c r="D80" s="2" t="s">
-        <v>223</v>
+        <v>206</v>
       </c>
       <c r="E80" s="2" t="s">
-        <v>224</v>
+        <v>207</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G80" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="81" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A81" s="2" t="s">
-        <v>225</v>
+        <v>205</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>226</v>
+        <v>127</v>
       </c>
       <c r="D81" s="2" t="s">
-        <v>227</v>
+        <v>208</v>
       </c>
       <c r="E81" s="2" t="s">
-        <v>228</v>
+        <v>209</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>229</v>
+        <v>16</v>
       </c>
       <c r="G81" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="82" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A82" s="2" t="s">
-        <v>225</v>
+        <v>210</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>226</v>
+        <v>211</v>
       </c>
       <c r="D82" s="2" t="s">
-        <v>230</v>
+        <v>212</v>
       </c>
       <c r="E82" s="2" t="s">
-        <v>231</v>
+        <v>213</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>21</v>
+        <v>214</v>
       </c>
       <c r="G82" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="83" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A83" s="2" t="s">
-        <v>232</v>
+        <v>215</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>62</v>
+        <v>159</v>
       </c>
       <c r="D83" s="2" t="s">
-        <v>233</v>
+        <v>216</v>
       </c>
       <c r="E83" s="2" t="s">
-        <v>234</v>
+        <v>217</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="G83" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="84" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A84" s="2" t="s">
-        <v>232</v>
+        <v>215</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>62</v>
+        <v>159</v>
       </c>
       <c r="D84" s="2" t="s">
-        <v>235</v>
+        <v>218</v>
       </c>
       <c r="E84" s="2" t="s">
-        <v>236</v>
+        <v>219</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="G84" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="85" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A85" s="2" t="s">
-        <v>232</v>
+        <v>220</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>62</v>
+        <v>102</v>
       </c>
       <c r="D85" s="2" t="s">
-        <v>237</v>
+        <v>221</v>
       </c>
       <c r="E85" s="2" t="s">
-        <v>238</v>
+        <v>222</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="G85" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="86" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A86" s="2" t="s">
-        <v>232</v>
+        <v>220</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>62</v>
+        <v>102</v>
       </c>
       <c r="D86" s="2" t="s">
-        <v>239</v>
+        <v>223</v>
       </c>
       <c r="E86" s="2" t="s">
-        <v>240</v>
+        <v>224</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G86" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="87" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A87" s="2" t="s">
-        <v>232</v>
+        <v>225</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>62</v>
+        <v>226</v>
       </c>
       <c r="D87" s="2" t="s">
-        <v>241</v>
+        <v>227</v>
       </c>
       <c r="E87" s="2" t="s">
-        <v>242</v>
+        <v>228</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G87" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="88" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A88" s="2" t="s">
-        <v>243</v>
+        <v>225</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>244</v>
+        <v>226</v>
       </c>
       <c r="D88" s="2" t="s">
-        <v>245</v>
+        <v>229</v>
       </c>
       <c r="E88" s="2" t="s">
-        <v>246</v>
+        <v>230</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G88" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="89" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A89" s="2" t="s">
-        <v>243</v>
+        <v>225</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>244</v>
+        <v>226</v>
       </c>
       <c r="D89" s="2" t="s">
-        <v>247</v>
+        <v>231</v>
       </c>
       <c r="E89" s="2" t="s">
-        <v>248</v>
+        <v>231</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G89" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="90" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A90" s="2" t="s">
-        <v>243</v>
+        <v>225</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>244</v>
+        <v>226</v>
       </c>
       <c r="D90" s="2" t="s">
-        <v>249</v>
+        <v>232</v>
       </c>
       <c r="E90" s="2" t="s">
-        <v>250</v>
+        <v>233</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G90" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="91" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A91" s="2" t="s">
-        <v>251</v>
+        <v>27</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="D91" s="2" t="s">
-        <v>252</v>
+        <v>234</v>
       </c>
       <c r="E91" s="2" t="s">
-        <v>253</v>
+        <v>235</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>21</v>
+        <v>236</v>
       </c>
       <c r="G91" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="92" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A92" s="2" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="D92" s="2" t="s">
-        <v>254</v>
+        <v>237</v>
       </c>
       <c r="E92" s="2" t="s">
-        <v>255</v>
+        <v>238</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>256</v>
+        <v>239</v>
       </c>
       <c r="G92" s="2" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
     </row>
     <row r="93" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A93" s="2" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="D93" s="2" t="s">
-        <v>257</v>
+        <v>240</v>
       </c>
       <c r="E93" s="2" t="s">
-        <v>258</v>
+        <v>241</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>259</v>
+        <v>242</v>
       </c>
       <c r="G93" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="94" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A94" s="2" t="s">
-        <v>260</v>
+        <v>54</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>261</v>
+        <v>13</v>
       </c>
       <c r="D94" s="2" t="s">
-        <v>262</v>
+        <v>243</v>
       </c>
       <c r="E94" s="2" t="s">
-        <v>263</v>
+        <v>244</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>264</v>
+        <v>245</v>
       </c>
       <c r="G94" s="2" t="s">
-        <v>90</v>
+        <v>22</v>
       </c>
     </row>
     <row r="95" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A95" s="2" t="s">
-        <v>265</v>
+        <v>58</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="D95" s="2" t="s">
-        <v>266</v>
+        <v>246</v>
       </c>
       <c r="E95" s="2" t="s">
-        <v>267</v>
+        <v>247</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>268</v>
+        <v>248</v>
       </c>
       <c r="G95" s="2" t="s">
-        <v>17</v>
+        <v>69</v>
       </c>
     </row>
     <row r="96" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A96" s="2" t="s">
-        <v>265</v>
+        <v>82</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="D96" s="2" t="s">
-        <v>269</v>
+        <v>249</v>
       </c>
       <c r="E96" s="2" t="s">
-        <v>270</v>
+        <v>250</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>268</v>
+        <v>251</v>
       </c>
       <c r="G96" s="2" t="s">
-        <v>271</v>
+        <v>17</v>
       </c>
     </row>
     <row r="97" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A97" s="2" t="s">
-        <v>68</v>
+        <v>82</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="D97" s="2" t="s">
-        <v>272</v>
+        <v>252</v>
       </c>
       <c r="E97" s="2" t="s">
-        <v>273</v>
+        <v>253</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>256</v>
+        <v>242</v>
       </c>
       <c r="G97" s="2" t="s">
-        <v>17</v>
+        <v>47</v>
       </c>
     </row>
     <row r="98" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A98" s="2" t="s">
-        <v>68</v>
+        <v>82</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="D98" s="2" t="s">
-        <v>274</v>
+        <v>254</v>
       </c>
       <c r="E98" s="2" t="s">
-        <v>275</v>
+        <v>255</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>276</v>
+        <v>242</v>
       </c>
       <c r="G98" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="99" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A99" s="2" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="D99" s="2" t="s">
-        <v>277</v>
+        <v>256</v>
       </c>
       <c r="E99" s="2" t="s">
-        <v>277</v>
+        <v>257</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>278</v>
+        <v>251</v>
       </c>
       <c r="G99" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="100" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A100" s="2" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="D100" s="2" t="s">
-        <v>279</v>
+        <v>258</v>
       </c>
       <c r="E100" s="2" t="s">
-        <v>279</v>
+        <v>259</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>280</v>
+        <v>251</v>
       </c>
       <c r="G100" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="101" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A101" s="2" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>166</v>
+        <v>59</v>
       </c>
       <c r="D101" s="2" t="s">
-        <v>281</v>
+        <v>260</v>
       </c>
       <c r="E101" s="2" t="s">
-        <v>281</v>
+        <v>261</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>280</v>
+        <v>242</v>
       </c>
       <c r="G101" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="102" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A102" s="2" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>18</v>
+        <v>59</v>
       </c>
       <c r="D102" s="2" t="s">
-        <v>282</v>
+        <v>262</v>
       </c>
       <c r="E102" s="2" t="s">
-        <v>283</v>
+        <v>263</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>284</v>
+        <v>242</v>
       </c>
       <c r="G102" s="2" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
     </row>
     <row r="103" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A103" s="2" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>18</v>
+        <v>59</v>
       </c>
       <c r="D103" s="2" t="s">
-        <v>285</v>
+        <v>264</v>
       </c>
       <c r="E103" s="2" t="s">
-        <v>286</v>
+        <v>265</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>284</v>
+        <v>242</v>
       </c>
       <c r="G103" s="2" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
     </row>
     <row r="104" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A104" s="2" t="s">
-        <v>87</v>
+        <v>109</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>18</v>
+        <v>159</v>
       </c>
       <c r="D104" s="2" t="s">
-        <v>287</v>
+        <v>266</v>
       </c>
       <c r="E104" s="2" t="s">
-        <v>288</v>
+        <v>267</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>284</v>
+        <v>268</v>
       </c>
       <c r="G104" s="2" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
     </row>
     <row r="105" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A105" s="2" t="s">
-        <v>87</v>
+        <v>118</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>18</v>
+        <v>119</v>
       </c>
       <c r="D105" s="2" t="s">
-        <v>289</v>
+        <v>269</v>
       </c>
       <c r="E105" s="2" t="s">
-        <v>290</v>
+        <v>270</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>284</v>
+        <v>271</v>
       </c>
       <c r="G105" s="2" t="s">
-        <v>101</v>
+        <v>69</v>
       </c>
     </row>
     <row r="106" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A106" s="2" t="s">
-        <v>87</v>
+        <v>118</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>18</v>
+        <v>119</v>
       </c>
       <c r="D106" s="2" t="s">
-        <v>291</v>
+        <v>272</v>
       </c>
       <c r="E106" s="2" t="s">
-        <v>292</v>
+        <v>273</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>293</v>
+        <v>274</v>
       </c>
       <c r="G106" s="2" t="s">
-        <v>50</v>
+        <v>69</v>
       </c>
     </row>
     <row r="107" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A107" s="2" t="s">
-        <v>87</v>
+        <v>126</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>18</v>
+        <v>127</v>
       </c>
       <c r="D107" s="2" t="s">
-        <v>294</v>
+        <v>275</v>
       </c>
       <c r="E107" s="2" t="s">
-        <v>295</v>
+        <v>276</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>284</v>
+        <v>248</v>
       </c>
       <c r="G107" s="2" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
     </row>
     <row r="108" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A108" s="2" t="s">
-        <v>91</v>
+        <v>126</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>18</v>
+        <v>127</v>
       </c>
       <c r="D108" s="2" t="s">
-        <v>296</v>
+        <v>277</v>
       </c>
       <c r="E108" s="2" t="s">
-        <v>297</v>
+        <v>143</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>276</v>
+        <v>251</v>
       </c>
       <c r="G108" s="2" t="s">
-        <v>271</v>
+        <v>22</v>
       </c>
     </row>
     <row r="109" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A109" s="2" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>13</v>
+        <v>127</v>
       </c>
       <c r="D109" s="2" t="s">
-        <v>298</v>
+        <v>278</v>
       </c>
       <c r="E109" s="2" t="s">
-        <v>299</v>
+        <v>143</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="G109" s="2" t="s">
-        <v>101</v>
+        <v>22</v>
       </c>
     </row>
     <row r="110" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A110" s="2" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>13</v>
+        <v>127</v>
       </c>
       <c r="D110" s="2" t="s">
-        <v>300</v>
+        <v>279</v>
       </c>
       <c r="E110" s="2" t="s">
-        <v>301</v>
+        <v>143</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="G110" s="2" t="s">
-        <v>101</v>
+        <v>22</v>
       </c>
     </row>
     <row r="111" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A111" s="2" t="s">
-        <v>110</v>
+        <v>126</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>13</v>
+        <v>127</v>
       </c>
       <c r="D111" s="2" t="s">
-        <v>302</v>
+        <v>280</v>
       </c>
       <c r="E111" s="2" t="s">
-        <v>302</v>
+        <v>143</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="G111" s="2" t="s">
-        <v>98</v>
+        <v>22</v>
       </c>
     </row>
     <row r="112" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A112" s="2" t="s">
-        <v>303</v>
+        <v>126</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>30</v>
+        <v>127</v>
       </c>
       <c r="D112" s="2" t="s">
-        <v>304</v>
+        <v>281</v>
       </c>
       <c r="E112" s="2" t="s">
-        <v>305</v>
+        <v>143</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="G112" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="113" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A113" s="2" t="s">
-        <v>115</v>
+        <v>126</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>186</v>
+        <v>127</v>
       </c>
       <c r="D113" s="2" t="s">
-        <v>306</v>
+        <v>282</v>
       </c>
       <c r="E113" s="2" t="s">
-        <v>307</v>
+        <v>143</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>264</v>
+        <v>251</v>
       </c>
       <c r="G113" s="2" t="s">
-        <v>101</v>
+        <v>22</v>
       </c>
     </row>
     <row r="114" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A114" s="2" t="s">
-        <v>115</v>
+        <v>166</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>186</v>
+        <v>170</v>
       </c>
       <c r="D114" s="2" t="s">
-        <v>308</v>
+        <v>283</v>
       </c>
       <c r="E114" s="2" t="s">
-        <v>309</v>
+        <v>284</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>264</v>
+        <v>274</v>
       </c>
       <c r="G114" s="2" t="s">
-        <v>101</v>
+        <v>36</v>
       </c>
     </row>
     <row r="115" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A115" s="2" t="s">
-        <v>115</v>
+        <v>166</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>186</v>
+        <v>170</v>
       </c>
       <c r="D115" s="2" t="s">
-        <v>310</v>
+        <v>285</v>
       </c>
       <c r="E115" s="2" t="s">
-        <v>311</v>
+        <v>286</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>264</v>
+        <v>274</v>
       </c>
       <c r="G115" s="2" t="s">
-        <v>101</v>
+        <v>36</v>
       </c>
     </row>
     <row r="116" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A116" s="2" t="s">
-        <v>120</v>
+        <v>184</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
       <c r="D116" s="2" t="s">
-        <v>312</v>
+        <v>287</v>
       </c>
       <c r="E116" s="2" t="s">
-        <v>313</v>
+        <v>288</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>256</v>
+        <v>289</v>
       </c>
       <c r="G116" s="2" t="s">
-        <v>314</v>
+        <v>22</v>
       </c>
     </row>
     <row r="117" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A117" s="2" t="s">
-        <v>120</v>
+        <v>184</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>62</v>
+        <v>192</v>
       </c>
       <c r="D117" s="2" t="s">
-        <v>315</v>
+        <v>290</v>
       </c>
       <c r="E117" s="2" t="s">
-        <v>316</v>
+        <v>291</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>256</v>
+        <v>289</v>
       </c>
       <c r="G117" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="118" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A118" s="2" t="s">
-        <v>136</v>
+        <v>184</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>137</v>
+        <v>192</v>
       </c>
       <c r="D118" s="2" t="s">
-        <v>317</v>
+        <v>292</v>
       </c>
       <c r="E118" s="2" t="s">
-        <v>318</v>
+        <v>293</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>319</v>
+        <v>242</v>
       </c>
       <c r="G118" s="2" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
     </row>
     <row r="119" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A119" s="2" t="s">
-        <v>136</v>
+        <v>184</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>137</v>
+        <v>192</v>
       </c>
       <c r="D119" s="2" t="s">
-        <v>320</v>
+        <v>294</v>
       </c>
       <c r="E119" s="2" t="s">
-        <v>321</v>
+        <v>295</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>319</v>
+        <v>289</v>
       </c>
       <c r="G119" s="2" t="s">
-        <v>50</v>
+        <v>296</v>
       </c>
     </row>
     <row r="120" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A120" s="2" t="s">
-        <v>136</v>
+        <v>184</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>137</v>
+        <v>192</v>
       </c>
       <c r="D120" s="2" t="s">
-        <v>322</v>
+        <v>297</v>
       </c>
       <c r="E120" s="2" t="s">
-        <v>323</v>
+        <v>297</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>319</v>
+        <v>242</v>
       </c>
       <c r="G120" s="2" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
     </row>
     <row r="121" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A121" s="2" t="s">
-        <v>324</v>
+        <v>197</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>158</v>
+        <v>102</v>
       </c>
       <c r="D121" s="2" t="s">
-        <v>325</v>
+        <v>298</v>
       </c>
       <c r="E121" s="2" t="s">
-        <v>326</v>
+        <v>299</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>278</v>
+        <v>242</v>
       </c>
       <c r="G121" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="122" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A122" s="2" t="s">
-        <v>161</v>
+        <v>197</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>166</v>
+        <v>102</v>
       </c>
       <c r="D122" s="2" t="s">
-        <v>327</v>
+        <v>300</v>
       </c>
       <c r="E122" s="2" t="s">
-        <v>328</v>
+        <v>301</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>319</v>
+        <v>242</v>
       </c>
       <c r="G122" s="2" t="s">
-        <v>90</v>
+        <v>22</v>
       </c>
     </row>
     <row r="123" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A123" s="2" t="s">
-        <v>161</v>
+        <v>197</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>166</v>
+        <v>102</v>
       </c>
       <c r="D123" s="2" t="s">
-        <v>329</v>
+        <v>302</v>
       </c>
       <c r="E123" s="2" t="s">
-        <v>330</v>
+        <v>303</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>331</v>
+        <v>251</v>
       </c>
       <c r="G123" s="2" t="s">
-        <v>90</v>
+        <v>22</v>
       </c>
     </row>
     <row r="124" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A124" s="2" t="s">
-        <v>161</v>
+        <v>202</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>166</v>
+        <v>28</v>
       </c>
       <c r="D124" s="2" t="s">
-        <v>332</v>
+        <v>304</v>
       </c>
       <c r="E124" s="2" t="s">
-        <v>333</v>
+        <v>305</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>331</v>
+        <v>242</v>
       </c>
       <c r="G124" s="2" t="s">
-        <v>90</v>
+        <v>306</v>
       </c>
     </row>
     <row r="125" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A125" s="2" t="s">
-        <v>161</v>
+        <v>202</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>166</v>
+        <v>33</v>
       </c>
       <c r="D125" s="2" t="s">
-        <v>334</v>
+        <v>307</v>
       </c>
       <c r="E125" s="2" t="s">
-        <v>335</v>
+        <v>308</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>319</v>
+        <v>242</v>
       </c>
       <c r="G125" s="2" t="s">
-        <v>90</v>
+        <v>306</v>
       </c>
     </row>
     <row r="126" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A126" s="2" t="s">
-        <v>161</v>
+        <v>205</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>74</v>
+        <v>127</v>
       </c>
       <c r="D126" s="2" t="s">
-        <v>336</v>
+        <v>309</v>
       </c>
       <c r="E126" s="2" t="s">
-        <v>337</v>
+        <v>310</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>338</v>
+        <v>251</v>
       </c>
       <c r="G126" s="2" t="s">
-        <v>339</v>
+        <v>17</v>
       </c>
     </row>
     <row r="127" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A127" s="2" t="s">
-        <v>175</v>
+        <v>205</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>18</v>
+        <v>127</v>
       </c>
       <c r="D127" s="2" t="s">
-        <v>340</v>
+        <v>311</v>
       </c>
       <c r="E127" s="2" t="s">
-        <v>341</v>
+        <v>312</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="G127" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="128" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A128" s="2" t="s">
-        <v>175</v>
+        <v>205</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>37</v>
+        <v>127</v>
       </c>
       <c r="D128" s="2" t="s">
-        <v>343</v>
+        <v>313</v>
       </c>
       <c r="E128" s="2" t="s">
-        <v>344</v>
+        <v>314</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="G128" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="129" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A129" s="2" t="s">
-        <v>175</v>
+        <v>205</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>37</v>
+        <v>127</v>
       </c>
       <c r="D129" s="2" t="s">
-        <v>345</v>
+        <v>315</v>
       </c>
       <c r="E129" s="2" t="s">
-        <v>346</v>
+        <v>316</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>256</v>
+        <v>242</v>
       </c>
       <c r="G129" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="130" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A130" s="2" t="s">
-        <v>175</v>
+        <v>205</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>347</v>
+        <v>127</v>
       </c>
       <c r="D130" s="2" t="s">
-        <v>348</v>
+        <v>317</v>
       </c>
       <c r="E130" s="2" t="s">
-        <v>349</v>
+        <v>318</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>342</v>
+        <v>242</v>
       </c>
       <c r="G130" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="131" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A131" s="2" t="s">
-        <v>175</v>
+        <v>205</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>347</v>
+        <v>127</v>
       </c>
       <c r="D131" s="2" t="s">
-        <v>350</v>
+        <v>319</v>
       </c>
       <c r="E131" s="2" t="s">
-        <v>351</v>
+        <v>320</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>342</v>
+        <v>242</v>
       </c>
       <c r="G131" s="2" t="s">
-        <v>352</v>
+        <v>17</v>
       </c>
     </row>
     <row r="132" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A132" s="2" t="s">
+        <v>210</v>
+      </c>
+      <c r="B132" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C132" s="2" t="s">
         <v>211</v>
       </c>
-      <c r="B132" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D132" s="2" t="s">
-        <v>353</v>
+        <v>321</v>
       </c>
       <c r="E132" s="2" t="s">
-        <v>354</v>
+        <v>322</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>276</v>
+        <v>323</v>
       </c>
       <c r="G132" s="2" t="s">
-        <v>355</v>
+        <v>22</v>
       </c>
     </row>
     <row r="133" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A133" s="2" t="s">
+        <v>210</v>
+      </c>
+      <c r="B133" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C133" s="2" t="s">
         <v>211</v>
       </c>
-      <c r="B133" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D133" s="2" t="s">
-        <v>356</v>
+        <v>324</v>
       </c>
       <c r="E133" s="2" t="s">
-        <v>357</v>
+        <v>325</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>276</v>
+        <v>326</v>
       </c>
       <c r="G133" s="2" t="s">
-        <v>355</v>
+        <v>22</v>
       </c>
     </row>
     <row r="134" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A134" s="2" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>158</v>
+        <v>211</v>
       </c>
       <c r="D134" s="2" t="s">
-        <v>358</v>
+        <v>327</v>
       </c>
       <c r="E134" s="2" t="s">
-        <v>359</v>
+        <v>328</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>276</v>
+        <v>242</v>
       </c>
       <c r="G134" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="135" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A135" s="2" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>158</v>
+        <v>211</v>
       </c>
       <c r="D135" s="2" t="s">
-        <v>360</v>
+        <v>329</v>
       </c>
       <c r="E135" s="2" t="s">
-        <v>361</v>
+        <v>329</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>276</v>
+        <v>242</v>
       </c>
       <c r="G135" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="136" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A136" s="2" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D136" s="2" t="s">
-        <v>362</v>
+        <v>330</v>
       </c>
       <c r="E136" s="2" t="s">
-        <v>363</v>
+        <v>331</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>276</v>
+        <v>251</v>
       </c>
       <c r="G136" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="137" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A137" s="2" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D137" s="2" t="s">
-        <v>364</v>
+        <v>332</v>
       </c>
       <c r="E137" s="2" t="s">
-        <v>365</v>
+        <v>331</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="G137" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="138" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A138" s="2" t="s">
-        <v>214</v>
+        <v>96</v>
       </c>
       <c r="B138" s="2" t="s">
-        <v>12</v>
+        <v>333</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>158</v>
+        <v>18</v>
       </c>
       <c r="D138" s="2" t="s">
-        <v>366</v>
+        <v>334</v>
       </c>
       <c r="E138" s="2" t="s">
-        <v>367</v>
+        <v>335</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>256</v>
+        <v>242</v>
       </c>
       <c r="G138" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="139" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A139" s="2" t="s">
-        <v>225</v>
+        <v>96</v>
       </c>
       <c r="B139" s="2" t="s">
-        <v>12</v>
+        <v>333</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>226</v>
+        <v>18</v>
       </c>
       <c r="D139" s="2" t="s">
-        <v>368</v>
+        <v>336</v>
       </c>
       <c r="E139" s="2" t="s">
-        <v>369</v>
+        <v>337</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>370</v>
+        <v>242</v>
       </c>
       <c r="G139" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="140" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A140" s="2" t="s">
-        <v>225</v>
+        <v>96</v>
       </c>
       <c r="B140" s="2" t="s">
-        <v>12</v>
+        <v>333</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>226</v>
+        <v>18</v>
       </c>
       <c r="D140" s="2" t="s">
-        <v>371</v>
+        <v>338</v>
       </c>
       <c r="E140" s="2" t="s">
-        <v>372</v>
+        <v>339</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>373</v>
+        <v>242</v>
       </c>
       <c r="G140" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="141" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A141" s="2" t="s">
-        <v>225</v>
+        <v>96</v>
       </c>
       <c r="B141" s="2" t="s">
-        <v>12</v>
+        <v>333</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>226</v>
+        <v>18</v>
       </c>
       <c r="D141" s="2" t="s">
-        <v>374</v>
+        <v>340</v>
       </c>
       <c r="E141" s="2" t="s">
-        <v>375</v>
+        <v>341</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>276</v>
+        <v>242</v>
       </c>
       <c r="G141" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="142" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A142" s="2" t="s">
-        <v>225</v>
+        <v>96</v>
       </c>
       <c r="B142" s="2" t="s">
-        <v>12</v>
+        <v>333</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>226</v>
+        <v>18</v>
       </c>
       <c r="D142" s="2" t="s">
-        <v>376</v>
+        <v>342</v>
       </c>
       <c r="E142" s="2" t="s">
-        <v>376</v>
+        <v>343</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>276</v>
+        <v>242</v>
       </c>
       <c r="G142" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="143" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A143" s="2" t="s">
-        <v>377</v>
+        <v>96</v>
       </c>
       <c r="B143" s="2" t="s">
-        <v>378</v>
+        <v>333</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>244</v>
+        <v>18</v>
       </c>
       <c r="D143" s="2" t="s">
-        <v>379</v>
+        <v>344</v>
       </c>
       <c r="E143" s="2" t="s">
-        <v>380</v>
+        <v>345</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>16</v>
+        <v>251</v>
       </c>
       <c r="G143" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="144" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A144" s="2" t="s">
-        <v>110</v>
+        <v>96</v>
       </c>
       <c r="B144" s="2" t="s">
-        <v>381</v>
+        <v>333</v>
       </c>
       <c r="C144" s="2" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="D144" s="2" t="s">
-        <v>382</v>
+        <v>346</v>
       </c>
       <c r="E144" s="2" t="s">
-        <v>383</v>
+        <v>347</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G144" s="2" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
     </row>
     <row r="145" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A145" s="2" t="s">
-        <v>303</v>
+        <v>210</v>
       </c>
       <c r="B145" s="2" t="s">
-        <v>384</v>
+        <v>348</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>30</v>
+        <v>211</v>
       </c>
       <c r="D145" s="2" t="s">
-        <v>385</v>
+        <v>349</v>
       </c>
       <c r="E145" s="2" t="s">
-        <v>386</v>
+        <v>350</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>276</v>
+        <v>16</v>
       </c>
       <c r="G145" s="2" t="s">
         <v>22</v>
-      </c>
-[...274 lines deleted...]
-        <v>17</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:G1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>