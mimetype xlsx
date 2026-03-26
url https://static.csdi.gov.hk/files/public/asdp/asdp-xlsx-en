--- v1 (2026-01-31)
+++ v2 (2026-03-26)
@@ -12,1109 +12,1094 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Source" state="visible" r:id="rId4"/>
     <sheet sheetId="2" name="As of Date" state="visible" r:id="rId5"/>
     <sheet sheetId="3" name="Data" state="visible" r:id="rId6"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1019" uniqueCount="351">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1005" uniqueCount="346">
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Based on 2025 Annual Spatial Data Plans of Bureaux and Departments (for 2026-2028)</t>
   </si>
   <si>
     <t>As of Date</t>
   </si>
   <si>
-    <t>08/01/2026</t>
+    <t>10/02/2026</t>
   </si>
   <si>
     <t>Data Provider</t>
   </si>
   <si>
     <t>Other Organisation</t>
   </si>
   <si>
     <t>Type of Data</t>
   </si>
   <si>
     <t>Name of Dataset</t>
   </si>
   <si>
     <t>General Description</t>
   </si>
   <si>
     <t>Target Release Date</t>
   </si>
   <si>
     <t>Update Frequency</t>
   </si>
   <si>
+    <t>Home Affairs Department</t>
+  </si>
+  <si>
+    <t>N/A</t>
+  </si>
+  <si>
+    <t>Development</t>
+  </si>
+  <si>
+    <t>Historical District Boundary</t>
+  </si>
+  <si>
+    <t>Geo-referenced data of Historical District Boundary including district names in Chinese and English as well as boundary coordinates (longitudes and latitudes).</t>
+  </si>
+  <si>
+    <t>01/2026</t>
+  </si>
+  <si>
+    <t>As and when there is update</t>
+  </si>
+  <si>
+    <t>Electrical and Mechanical Services Department</t>
+  </si>
+  <si>
+    <t>Commerce and Industry</t>
+  </si>
+  <si>
+    <t>Government Wide IoT Network (GWIN) Gateway</t>
+  </si>
+  <si>
+    <t>Location of Government Wide IoT Network (GWIN) Gateways</t>
+  </si>
+  <si>
+    <t>Quarterly</t>
+  </si>
+  <si>
+    <t>Lands Department</t>
+  </si>
+  <si>
+    <t>Geography</t>
+  </si>
+  <si>
+    <t>Digital Orthophoto DOP1000-1976</t>
+  </si>
+  <si>
+    <t>The Digital Orthophoto DOP1000-1976, with a ground sampling distance of 0.1m, was produced using aerial photographs taken in 1976 at a flying height of about 4,000 feet. This orthophoto primarily covers Hong Kong Island, and partially includes areas such as Yau Tsim Mong, Kowloon City, Wong Tai Sin, Kwun Tong, Kwai Tsing, Tsuen Wan, Tuen Mun, Yuen Long, Tai Po, Sha Tin and Sai Kung. The data is provided in GeoTIFF format with Worldfile.</t>
+  </si>
+  <si>
+    <t>One-off</t>
+  </si>
+  <si>
+    <t>Department of Health</t>
+  </si>
+  <si>
+    <t>Health</t>
+  </si>
+  <si>
+    <t>Baby-Friendly Maternal and Child Health Centre</t>
+  </si>
+  <si>
+    <t>A list of Baby-Friendly Maternal and Child Health Centre with basic information</t>
+  </si>
+  <si>
+    <t>Babycare facilities in government premises</t>
+  </si>
+  <si>
+    <t>A list of babycare facilities in government premises with location and other detailed information</t>
+  </si>
+  <si>
+    <t>Twice per Year</t>
+  </si>
+  <si>
+    <t>Labour Department</t>
+  </si>
+  <si>
+    <t>Labour, Community and Social Welfare</t>
+  </si>
+  <si>
+    <t>Information of Offices of the Labour Relations Division</t>
+  </si>
+  <si>
+    <t>Address and opening hours of Offices of the Labour Relations Division of Labour Department</t>
+  </si>
+  <si>
+    <t>Information of the Minor Employment Claims Adjudication Board</t>
+  </si>
+  <si>
+    <t>Address, opening hours and enquiry telephone number of the Minor Employment Claims Adjudication Board</t>
+  </si>
+  <si>
+    <t>Information of the Registry of Trade Unions</t>
+  </si>
+  <si>
+    <t>Address and opening hours of the Registry of Trade Unions of Labour Department</t>
+  </si>
+  <si>
+    <t>Social Welfare Department</t>
+  </si>
+  <si>
+    <t>Supported Employment Training for Persons with Disabilities (SET)</t>
+  </si>
+  <si>
+    <t>List of Supported Employment Training for Persons with Disabilities (district, name of service operator, address, telephone number, fax number, capacity and gender)</t>
+  </si>
+  <si>
+    <t>Civil Engineering and Development Department</t>
+  </si>
+  <si>
+    <t>Recreation and Culture</t>
+  </si>
+  <si>
+    <t>Information on Pedestrian Flow at Tai O Tourist Hotspots</t>
+  </si>
+  <si>
+    <t>Information on pedestrian flow at Tai O tourist hotspots</t>
+  </si>
+  <si>
+    <t>Every 5 Minutes</t>
+  </si>
+  <si>
+    <t>Transitional Support Service for Persons in Mental Recovery</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Introduction, service target, 
+list of service operators, name of support teams, address, telephone and fax number</t>
+  </si>
+  <si>
+    <t>Leisure and Cultural Services Department</t>
+  </si>
+  <si>
+    <t>Recreation and Culture; Sports</t>
+  </si>
+  <si>
+    <t>SmartPLAY - Self-Service Stations Locations</t>
+  </si>
+  <si>
+    <t>Technology</t>
+  </si>
+  <si>
+    <t>Hong Kong Satellite Positioning Reference Station Network (SatRef) Network RTK Integrity Monitoring (IM) Data Stream (NMEA Format)</t>
+  </si>
+  <si>
+    <t>Dissemination of GNSS Network Real-Time Kinematic positioning results at Integrity Monitoring stations of the Hong Kong Satellite Positioning Reference Station Network in NMEA format.</t>
+  </si>
+  <si>
+    <t>02/2026</t>
+  </si>
+  <si>
+    <t>Real-time</t>
+  </si>
+  <si>
+    <t>Drainage Services Department</t>
+  </si>
+  <si>
+    <t>Environment</t>
+  </si>
+  <si>
+    <t>EcoDMS - River Channels</t>
+  </si>
+  <si>
+    <t>03/2026</t>
+  </si>
+  <si>
+    <t>Housing Bureau / Housing Authority / Housing Department</t>
+  </si>
+  <si>
+    <t>Housing</t>
+  </si>
+  <si>
+    <t>Light Public Housing (LPH) Stock</t>
+  </si>
+  <si>
+    <t>Light Public Housing unit information.</t>
+  </si>
+  <si>
+    <t>DSD Facilities Self-Guided Tour</t>
+  </si>
+  <si>
+    <t>DSD Facilities Self-Guided Tour (Kai Tak River Trail, Nam Sang Wai River Education Trail, San Tin Flood Protection Scheme) (rescheduled from 09/2025 to 03/2026)</t>
+  </si>
+  <si>
+    <t>Development Bureau</t>
+  </si>
+  <si>
+    <t>GreenWay in Kai Tak</t>
+  </si>
+  <si>
+    <t>Location of GreenWay in Kai Tak opened for public use</t>
+  </si>
+  <si>
+    <t>Transport Department</t>
+  </si>
+  <si>
+    <t>Transportation</t>
+  </si>
+  <si>
+    <t>Coordinate of Fleet Taxi Stopping Places</t>
+  </si>
+  <si>
+    <t>Location of Fleet Taxi Stopping Places</t>
+  </si>
+  <si>
+    <t>Contractor List 4 - Replacement of Flexible Gas Tubing in Domestic Premises (Town Gas)</t>
+  </si>
+  <si>
+    <t>Lists of registered gas contractors under the Gas Safety (Registration of Gas Installers and Gas Contractors) Regulations</t>
+  </si>
+  <si>
+    <t>04/2026</t>
+  </si>
+  <si>
     <t>Agriculture, Fisheries and Conservation Department</t>
   </si>
   <si>
-    <t>N/A</t>
-[...11 lines deleted...]
-    <t>12/2026</t>
+    <t>Information on "Fish enJoy" farms</t>
+  </si>
+  <si>
+    <t>Location of "Fish enJoy" farms</t>
+  </si>
+  <si>
+    <t>Highways Department</t>
+  </si>
+  <si>
+    <t>Retrofitting of Noise Barrier Projects</t>
+  </si>
+  <si>
+    <t>The data provides information of the retrofitting of noise barrier projects under Highways Department's purview.</t>
+  </si>
+  <si>
+    <t>Road Projects</t>
+  </si>
+  <si>
+    <t>The data provides information of the road projects under Highways Department's purview.</t>
+  </si>
+  <si>
+    <t>Walkability Projects</t>
+  </si>
+  <si>
+    <t>The data provides information of the walkability projects under Highways Department's purview.</t>
+  </si>
+  <si>
+    <t>Hong Kong Observatory</t>
+  </si>
+  <si>
+    <t>Climate and Weather</t>
+  </si>
+  <si>
+    <t>Daily total cloud-to-cloud lightning strokes detected over the Hong Kong Territory</t>
+  </si>
+  <si>
+    <t>Provide data on daily total cloud-to-cloud lightning strokes detected over the Hong Kong Territory</t>
+  </si>
+  <si>
+    <t>06/2026</t>
+  </si>
+  <si>
+    <t>Monthly</t>
+  </si>
+  <si>
+    <t>Daily total cloud-to-ground lightning strokes detected over the Hong Kong Territory</t>
+  </si>
+  <si>
+    <t>Provide data on daily total cloud-to-ground lightning strokes detected over the Hong Kong Territory</t>
+  </si>
+  <si>
+    <t>Monthly total evapotranspiration</t>
+  </si>
+  <si>
+    <t>Provide data on monthly total evapotranspiration</t>
+  </si>
+  <si>
+    <t>Historical Map – Clear Water Bay (1954)</t>
+  </si>
+  <si>
+    <t>Map showing Clear Water Bay in 1954.</t>
+  </si>
+  <si>
+    <t>Historical Map – Tai O (1918)</t>
+  </si>
+  <si>
+    <t>Map showing Tai O in 1918.</t>
+  </si>
+  <si>
+    <t>Licensed Boarding Establishment</t>
+  </si>
+  <si>
+    <t>Information of locations and contact details for Pet Hotel List/Licensed Boarding Establishment</t>
+  </si>
+  <si>
+    <t>Health Bureau</t>
+  </si>
+  <si>
+    <t>List of Women Wellness Satellites (WWS)</t>
+  </si>
+  <si>
+    <t>The dataset contains the list of contact information of Women Wellness Satellites including addresses, telephone numbers, fax numbers and websites.</t>
+  </si>
+  <si>
+    <t>Transactions in the Resale of Green Form Subsidised Home Ownership Scheme (GSH) Flats of Ching Fu Court and Dip Tsui Court</t>
+  </si>
+  <si>
+    <t>Sale transaction data of flats.</t>
+  </si>
+  <si>
+    <t>Transactions in the Sale of Green Form Subsidised Home Ownership Scheme (GSH) Flats 2018</t>
+  </si>
+  <si>
+    <t>Contractor List 5 - Replacement of Flexible Gas Tubing in Domestic Premises (LPG)</t>
+  </si>
+  <si>
+    <t>Transactions in the Sale of Green Form Subsidised Home Ownership Scheme (GSH) Flats 2019</t>
+  </si>
+  <si>
+    <t>Transactions in the Sale of Green Form Subsidised Home Ownership Scheme (GSH) Flats 2020/21</t>
+  </si>
+  <si>
+    <t>Transactions in the Sale of Green Form Subsidised Home Ownership Scheme (GSH) Flats 2022</t>
+  </si>
+  <si>
+    <t>Transactions in the Sale of Green Form Subsidised Home Ownership Scheme (GSH) Flats 2023</t>
+  </si>
+  <si>
+    <t>Transactions in the Sale of Home Ownership Scheme (HOS) Flats 2018</t>
+  </si>
+  <si>
+    <t>Transactions in the Sale of Home Ownership Scheme (HOS) Flats 2019</t>
+  </si>
+  <si>
+    <t>Transactions in the Sale of Home Ownership Scheme (HOS) Flats 2020</t>
+  </si>
+  <si>
+    <t>Transactions in the Sale of Home Ownership Scheme (HOS) Flats 2022</t>
+  </si>
+  <si>
+    <t>Transactions in the Sale of Home Ownership Scheme (HOS) Flats 2023</t>
+  </si>
+  <si>
+    <t>Existing Village/ Market Town Boundaries for Rural Representative Election (2027-2030)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Geo-referenced data of Existing Village/ Market Town Boundaries for Rural Representative Election.
+Such type of data was first launched in December 2022 and the new data will be released once every four years.</t>
+  </si>
+  <si>
+    <t>Once every four years</t>
+  </si>
+  <si>
+    <t>Transactions in the Sale of Home Ownership Scheme (HOS) Flats 2024</t>
+  </si>
+  <si>
+    <t>Census and Statistics Department</t>
+  </si>
+  <si>
+    <t>Population</t>
+  </si>
+  <si>
+    <t>2021 Population Census (Statistics and Boundaries of Housing Market Areas and Building Groups)</t>
+  </si>
+  <si>
+    <t>This 2021 Population Census dataset contains statistics relevant to demographic, household, educational, economic, housing and internal migration characteristics of the Hong Kong population residing in the 173 Housing Market Areas and 3286 Building Groups in 2021. The dataset also contains the boundaries of individual Housing Market Areas and Building Groups. Housing Market Areas and Building Groups are demarcation systems developed jointly by the Census and Statistics Department and Centamap Company Limited (Centamap) for the dissemination of population census/by-census statistics. The 2021 Population Census, which was conducted in June to August 2021, provides benchmark statistics on the socio-economic characteristics of the Hong Kong population vital to the planning and policy formulation of the government.</t>
+  </si>
+  <si>
+    <t>Transactions in the Sale of Unsold Green Form Subsidised Home Ownership Scheme (GSH) Flats of Ching Fu Court &amp; Dip Tsui Court</t>
+  </si>
+  <si>
+    <t>Roadworks Location Data</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Location of roadworks by HyD for roads
+with speed limit ≥ 70km/h in JSON format</t>
+  </si>
+  <si>
+    <t>Buildings Department</t>
+  </si>
+  <si>
+    <t>Buildings for which Modular Integrated Construction (MiC) had been adopted</t>
+  </si>
+  <si>
+    <t>Modular Integrated Construction (MiC) projects with issuance date of occupation permit, type and address</t>
+  </si>
+  <si>
+    <t>08/2026</t>
+  </si>
+  <si>
+    <t>Food and Environmental Hygiene Department</t>
+  </si>
+  <si>
+    <t>Restricted Foods Permit (Online Sale of Restricted Foods)</t>
+  </si>
+  <si>
+    <t>List of Restricted Foods Permits (online sale of restricted foods) in Hong Kong</t>
+  </si>
+  <si>
+    <t>09/2026</t>
+  </si>
+  <si>
+    <t>Daily</t>
+  </si>
+  <si>
+    <t>Planning Department</t>
+  </si>
+  <si>
+    <t>2025 Raster Grids on Land Utilization</t>
+  </si>
+  <si>
+    <t>Raster grids of the Land Utilization in Hong Kong to show the broad land use distribution of Hong Kong based on the updated satellite images.</t>
   </si>
   <si>
     <t>Yearly</t>
   </si>
   <si>
-    <t>Health</t>
-[...140 lines deleted...]
-    <t>Location of Government Wide IoT Network (GWIN) Gateways</t>
+    <t>Large Trees managed by Housing Authority (HA) in existing housing estates</t>
+  </si>
+  <si>
+    <t>The dataset includes existing large trees in existing housing estates with an individual trunk(s) over 500mm diameter at breast height (DBH).</t>
   </si>
   <si>
     <t>Buildings issued with Certificate of Compliance Registration (COCR) of the Buildings Energy Efficiency Ordinance</t>
   </si>
   <si>
     <t xml:space="preserve">Location and details of buildings with the Certificate of Compliance Registration (COCR) stage two declaration granted 
 (Non-spatial data of this dataset was released in 6/2023)</t>
   </si>
   <si>
     <t>10/2026</t>
   </si>
   <si>
-    <t>Monthly</t>
-[...1 lines deleted...]
-  <si>
     <t>Buildings issued with Energy Audit Form for the Buildings Energy Efficiency Ordinance</t>
   </si>
   <si>
     <t>Location and details of buildings with Energy Audit Form certified by Registered Energy Assessor (REA)</t>
   </si>
   <si>
     <t>Buildings with Stage One Declaration submitted for the Buildings Energy Efficiency Ordinance</t>
   </si>
   <si>
     <t>Location and details of buildings with the Certificate of Compliance Registration (COCR) stage one declaration submitted</t>
   </si>
   <si>
     <t>Cooling System in Hong Kong</t>
   </si>
   <si>
     <t>Location of District Cooling System</t>
-  </si>
-[...4 lines deleted...]
-    <t>Location Plans of Designated Areas of the Fresh Water Cooling Towers Scheme</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Exhibition Centres</t>
   </si>
   <si>
     <t xml:space="preserve">Location and details of venues hosting exhibitions on energy efficiency and conservation
 (Remark: This data is not comprehensive and is derived from the latest survey.)</t>
   </si>
   <si>
     <t>Premises where the Improvement Notice (IN) In Force for the Buildings Energy Efficiency Ordinance</t>
   </si>
   <si>
     <t>Location and details of premises where the Improvement Notice being in forced</t>
   </si>
   <si>
+    <t>Housing Authority’s public rental housing stock</t>
+  </si>
+  <si>
+    <t>Public rental housing flat information.</t>
+  </si>
+  <si>
+    <t>Location and Profile of Public Housing Estates – HA flatted factories</t>
+  </si>
+  <si>
+    <t>Information on flatted factories managed by HA including factory building name, location, year of intake, number of storey and number of units.</t>
+  </si>
+  <si>
+    <t>Location and Profile of Public Housing Estates – HA shopping centres</t>
+  </si>
+  <si>
+    <t>Information on shopping centres managed by HA including estate name, location, year of completion, number of floors and approximate total lettable area.</t>
+  </si>
+  <si>
+    <t>Location and Profile of Public Housing Estates – Home Ownership Scheme courts</t>
+  </si>
+  <si>
+    <t>Information on Home Ownership Scheme courts.</t>
+  </si>
+  <si>
+    <t>Location and Profile of Public Housing Estates – public housing estates</t>
+  </si>
+  <si>
+    <t>Information on public housing estates.</t>
+  </si>
+  <si>
+    <t>Sale transactions under the Tenants Purchase Scheme (TPS)</t>
+  </si>
+  <si>
+    <t>Registration and Electoral Office</t>
+  </si>
+  <si>
+    <t>Election</t>
+  </si>
+  <si>
+    <t>2026 Voter Registration Statistics</t>
+  </si>
+  <si>
+    <t>2026 Voter Registration Statistics (Geographical Constituencies)</t>
+  </si>
+  <si>
+    <t>11/2026</t>
+  </si>
+  <si>
+    <t>Fire Services Department</t>
+  </si>
+  <si>
+    <t>Buildings with Licensed Dangerous Goods Stores</t>
+  </si>
+  <si>
+    <t>List of Buildings with Licensed Dangerous Goods Stores</t>
+  </si>
+  <si>
+    <t>12/2026</t>
+  </si>
+  <si>
+    <t>Licensed Petrol Filling Stations</t>
+  </si>
+  <si>
+    <t>Location of Licensed Petrol Filling Stations</t>
+  </si>
+  <si>
+    <t>Hong Kong Monetary Authority</t>
+  </si>
+  <si>
+    <t>Register of Stablecoin Issuer Licensees</t>
+  </si>
+  <si>
+    <t>Address of the Principal Place of Business for Stablecoin Issuer Licensees</t>
+  </si>
+  <si>
+    <t>Register of registered food importers and registered food distributors</t>
+  </si>
+  <si>
+    <t>University Grants Committee Secretariat</t>
+  </si>
+  <si>
+    <t>Education</t>
+  </si>
+  <si>
+    <t>Number of Incoming Exchange Enrolled in UGC-funded Full-time Programmes by University, Level of Study and Place of Origin</t>
+  </si>
+  <si>
+    <t>Statistics on incoming exchange enrolled in UGC-funded full-time programme</t>
+  </si>
+  <si>
+    <t>Number of Outgoing Exchange from UGC-funded Full-time Programmes by University, Level of Study and Place of Destination</t>
+  </si>
+  <si>
+    <t>Statistics on outgoing exchange from UGC-funded full-time programmes</t>
+  </si>
+  <si>
+    <t>Research grants for UGC-funded universities</t>
+  </si>
+  <si>
+    <t>Sub-degree/Undergraduate Students (Headcount) with Special Educational Needs (SEN) from UGC-funded Programmes by University</t>
+  </si>
+  <si>
+    <t>Statistics on sub-degree and undergraduate students with Special Educational Needs from UGC-funded programmes</t>
+  </si>
+  <si>
+    <t>Education; Recreation and Culture</t>
+  </si>
+  <si>
+    <t>Butterfly-watching in Urban Parks</t>
+  </si>
+  <si>
+    <t>Location for Butterfly-watching</t>
+  </si>
+  <si>
+    <t>Designated Areas of the Fresh Water Cooling Towers Scheme</t>
+  </si>
+  <si>
+    <t>Location Plans of Designated Areas of the Fresh Water Cooling Towers Scheme</t>
+  </si>
+  <si>
+    <t>Information on trees in other recreational sites of Country Parks</t>
+  </si>
+  <si>
+    <t>Tree information recorded in other recreational sites of Country Parks including species and locations</t>
+  </si>
+  <si>
     <t>Environmental Protection Department</t>
   </si>
   <si>
     <t>Shoreline Cleanliness</t>
   </si>
   <si>
     <t>Shoreline Cleanliness Grading of Marine Refuse Priority Sites</t>
   </si>
   <si>
-    <t>Fire Services Department</t>
-[...34 lines deleted...]
-  <si>
     <t>List of Doctors (Primary Care Directory)</t>
   </si>
   <si>
     <t>The dataset contains the list of contact information of Family Doctors including addresses, healthcare provider, healthcare service location and telephone numbers.</t>
   </si>
   <si>
-    <t>List of Women Wellness Satellites (WWS)</t>
-[...150 lines deleted...]
-    <t>Transactions in the Sale of Green Form Subsidised Home Ownership Scheme (GSH) Flats 2023</t>
+    <t>Rating and Valuation Department</t>
+  </si>
+  <si>
+    <t>Summary Statistics - Government Rent Roll - Distribution of Assessments and Rateable Values by District</t>
+  </si>
+  <si>
+    <t>Statistics on the number of assessments and total rateable values in the Government Rent Roll by area as at 1 April of the year concerned.</t>
+  </si>
+  <si>
+    <t>Summary Statistics - Valuation List - Distribution of Assessments and Rateable Values by District</t>
+  </si>
+  <si>
+    <t>Statistics on the number of assessments and total rateable values in the Valuation List by area as at 1 April of the year concerned.</t>
   </si>
   <si>
     <t>Transactions in the Sale of Green Form Subsidised Home Ownership Scheme (GSH) Flats 2024</t>
   </si>
   <si>
-    <t>Transactions in the Sale of Home Ownership Scheme (HOS) Flats 2018</t>
-[...107 lines deleted...]
-    <t>Location for Butterfly-watching</t>
+    <t>3D models of Declared Monuments</t>
+  </si>
+  <si>
+    <t>Individualised 3D models of Declared Monuments are a set of digital data of 3D models featuring geometry, texture, appearance and position. These models are formulated based on point cloud data and Small Unmanned Aircraft (SUA) aerial photos captured in between 2017-2025.</t>
   </si>
   <si>
     <t>Performance Venues – Future Projects</t>
   </si>
   <si>
     <t>The venue is undergoing major renovation and planning construction projects</t>
   </si>
   <si>
     <t>Performance Venues – Recent Projects</t>
   </si>
   <si>
     <t>Recent venue system upgrade, replacement and renovation projects</t>
   </si>
   <si>
-    <t>Recreation and Culture; Sports</t>
-[...1 lines deleted...]
-  <si>
     <t>Competition Venues</t>
   </si>
   <si>
     <t>Location of Competition Venues</t>
   </si>
   <si>
-    <t>SmartPLAY - Self-Service Stations Locations</t>
-[...1 lines deleted...]
-  <si>
     <t>Tree information of LCSD Venues</t>
   </si>
   <si>
     <t>Marine Department</t>
   </si>
   <si>
     <t>Government Mooring Buoys</t>
   </si>
   <si>
     <t>The location of the Government Mooring Buoys</t>
   </si>
   <si>
     <t>Kwai Chung Control Station Service Area</t>
   </si>
   <si>
     <t>The vessel traffic area managed by the Kwai Chung Control Station</t>
   </si>
   <si>
-    <t>Planning Department</t>
-[...94 lines deleted...]
-    <t>Statistics on sub-degree and undergraduate students with Special Educational Needs from UGC-funded programmes</t>
+    <t>Information on District Services and Community Care Teams (Care Teams)</t>
+  </si>
+  <si>
+    <t>Boundary maps, communication channels, operating organisations, partnering organisations, captains, vice-captains and members of all sub-district Care Teams in Hong Kong.</t>
+  </si>
+  <si>
+    <t>02/2027</t>
+  </si>
+  <si>
+    <t>Beautifying and Greening of DSD facilities</t>
+  </si>
+  <si>
+    <t>Beautifying and Greening of DSD facilities (rescheduled from 12/2025 to 03/2027)</t>
+  </si>
+  <si>
+    <t>03/2027</t>
+  </si>
+  <si>
+    <t>Monthly Heating Degree-Days (HDD) and Cooling Degree-Days (CDD)</t>
+  </si>
+  <si>
+    <t>Provide data on monthly Heating Degree-Days (HDD) and Cooling Degree-Days (CDD)</t>
+  </si>
+  <si>
+    <t>06/2027</t>
+  </si>
+  <si>
+    <t>Historical Map – Hong Kong (1958)</t>
+  </si>
+  <si>
+    <t>Map showing the whole territory of Hong Kong in 1958.</t>
+  </si>
+  <si>
+    <t>Historical Map – Hong Kong (1960)</t>
+  </si>
+  <si>
+    <t>Map showing the whole territory of Hong Kong in 1960.</t>
+  </si>
+  <si>
+    <t>Blossom Around Town</t>
+  </si>
+  <si>
+    <t>Introducing the flowering trees commonly seen at the LCSD's venues and the XY coordinates of great viewing places</t>
+  </si>
+  <si>
+    <t>07/2027</t>
+  </si>
+  <si>
+    <t>Community Garden Programme</t>
+  </si>
+  <si>
+    <t>Location of Community Gardens</t>
+  </si>
+  <si>
+    <t>The Best Landscape Award for Private Property Development</t>
+  </si>
+  <si>
+    <t>Location of the Awarded Private Properties</t>
+  </si>
+  <si>
+    <t>Every 2 to 3 Years</t>
   </si>
   <si>
     <t>Counter Services of Buildings Department</t>
   </si>
   <si>
     <t>Counter services location and opening hours</t>
   </si>
   <si>
     <t>08/2027</t>
   </si>
   <si>
-    <t>2026 Population Census (Statistics and Boundaries of various geographical regions)</t>
-[...11 lines deleted...]
-    <t>Individualised 3D models of Graded Historical Buildings are a set of digital data of 3D models featuring geometry, texture, appearance and position. These models are formulated based on point cloud data and Small Unmanned Aircraft (SUA) aerial photos captured in between 2017-2025.</t>
+    <t>Premises issued with Form of Compliance (FOC) of the Buildings Energy Efficiency Ordinance</t>
+  </si>
+  <si>
+    <t>Location and details of premises with Form of Compliance (FOC) certified by Registered Energy Assessor (REA)</t>
+  </si>
+  <si>
+    <t>10/2027</t>
+  </si>
+  <si>
+    <t>Location and Profile of Public Housing Estates – HA car parks</t>
+  </si>
+  <si>
+    <t>Information on car parks managed by HA including car park name, location, number of car park space.</t>
+  </si>
+  <si>
+    <t>2027 Voter Registration Statistics</t>
+  </si>
+  <si>
+    <t>2027 Voter Registration Statistics (Geographical Constituencies) (Dataset of the same type had been released in previous year)</t>
+  </si>
+  <si>
+    <t>11/2027</t>
+  </si>
+  <si>
+    <t>Building List for which Fire Safety Directions are issued under the Fire Safety (Buildings) Ordinance, Cap. 572, on or before 12.12.2024</t>
+  </si>
+  <si>
+    <t>Address of Building List for which Fire Safety Directions are issued under the Fire Safety (Buildings) Ordinance, Cap. 572, on or before 12.12.2024</t>
   </si>
   <si>
     <t>12/2027</t>
   </si>
   <si>
-    <t>Beautifying and Greening of DSD facilities</t>
-[...23 lines deleted...]
-    <t>12/2028</t>
+    <t>Building/Premise List for which Fire Safety Directions are issued under the Fire Safety (Commercial Premises) Ordinance, Cap. 502, on or before 12.12.2024 - Prescribed Commercial Premises</t>
+  </si>
+  <si>
+    <t>Address and type of prescribed commercial premises which Fire Safety Directions are issued under the Fire Safety (Commercial Premises) Ordinance, Cap. 502, on or before 12.12.2024</t>
+  </si>
+  <si>
+    <t>Building/Premise List for which Fire Safety Directions/ Fire Safety Improvement Directions are issued under the Fire Safety (Commercial Premises) Ordinance, Cap. 502, on or before 12.12.2024 - Specified Commercial Buildings</t>
+  </si>
+  <si>
+    <t>Address of Building/Premise List for which Fire Safety Directions/ Fire Safety Improvement Directions are issued under the Fire Safety (Commercial Premises) Ordinance, Cap. 502, on or before 12.12.2024 - Specified Commercial Buildings</t>
+  </si>
+  <si>
+    <t>Boundaries of Tertiary Planning Units &amp; Subunits (for 2026 Population Census)</t>
+  </si>
+  <si>
+    <t>Boundary polygons of the Tertiary Planning Units &amp; Subunits adopted in 2026 Population Census.</t>
+  </si>
+  <si>
+    <t>Every 5 Years</t>
+  </si>
+  <si>
+    <t>Election Results of 2027 District Council Ordinary Election</t>
+  </si>
+  <si>
+    <t>Election Results of 2027 District Council Ordinary Election (Dataset of the same type had been released in previous year)</t>
+  </si>
+  <si>
+    <t>Elector Statistics of 2027 District Council Ordinary Election District Committees Constituencies</t>
   </si>
   <si>
     <t>Hong Kong Collector / Recycler Directory</t>
   </si>
   <si>
     <t xml:space="preserve">A list of Hong Kong Collector / Recycler
 (Disclaimer: The Government of the Hong Kong Special Administrative Region (HKSAR Government) does not warrant or guarantee that the contents of this Directory are accurate or complete. And the inclusion of any organisations does not in any way imply endorsement by HKSAR Government.)</t>
   </si>
   <si>
     <t>Sewerage Master Plans Reviews</t>
   </si>
   <si>
     <t>Coverage of the various Sewerage Master Plans Reviews and their corresponding completion dates</t>
   </si>
   <si>
+    <t>Property Market Statistics - Private Offices - Demolition by Grade</t>
+  </si>
+  <si>
+    <t>Statistical data on demolition of private offices properties by grade.</t>
+  </si>
+  <si>
+    <t>Property Market Statistics - Private Offices - Demolition by Grade and Region</t>
+  </si>
+  <si>
+    <t>Statistical data on demolition of private offices properties by grade and region.</t>
+  </si>
+  <si>
+    <t>Property Market Statistics - Private Offices - Demolition by Region</t>
+  </si>
+  <si>
+    <t>Statistical data on demolition of private offices properties by region.</t>
+  </si>
+  <si>
+    <t>Boundaries of New Towns (for 2026 Population Census)</t>
+  </si>
+  <si>
+    <t>Boundary polygons of the New Towns adopted in 2026 Population Census.</t>
+  </si>
+  <si>
+    <t>3D models of Graded Historical Buildings</t>
+  </si>
+  <si>
+    <t>Individualised 3D models of Graded Historical Buildings are a set of digital data of 3D models featuring geometry, texture, appearance and position. These models are formulated based on point cloud data and Small Unmanned Aircraft (SUA) aerial photos captured in between 2017-2025.</t>
+  </si>
+  <si>
+    <t>Geotagged materials in Hong Kong Memory</t>
+  </si>
+  <si>
+    <t>Digitised materials on Hong Kong's history, culture and heritage hosted on Hong Kong Memory with geographic location information.</t>
+  </si>
+  <si>
+    <t>Tree information of Roadside Trees maintained by LCSD</t>
+  </si>
+  <si>
+    <t>Anchorages</t>
+  </si>
+  <si>
+    <t>The location of Anchorages</t>
+  </si>
+  <si>
+    <t>Marine Works in Progress</t>
+  </si>
+  <si>
+    <t>The location of Marine Works in Progress</t>
+  </si>
+  <si>
+    <t>2026 Population Census (Statistics and Boundaries of various geographical regions)</t>
+  </si>
+  <si>
+    <t>This 2026 Population Census dataset contains statistics relevant to demographic, household, educational, economic, housing and internal migration characteristics of the Hong Kong population residing in District Council districts, District Council Geographical Constituencies, Large Tertiary Planning Unit Groups, Small Tertiary Planning Unit Groups, Large Subunit Groups, Small Subunit Groups, major housing estates, and new towns in 2026. The dataset also contains the boundaries of individual geographical regions.</t>
+  </si>
+  <si>
+    <t>03/2028</t>
+  </si>
+  <si>
+    <t>6-month, 12-month and 24-month Standardized Precipitation Index (SPI)</t>
+  </si>
+  <si>
+    <t>Provide data on 6-month, 12-month and 24-month Standardized Precipitation Index (SPI)</t>
+  </si>
+  <si>
+    <t>06/2028</t>
+  </si>
+  <si>
+    <t>2028 Voter Registration Statistics</t>
+  </si>
+  <si>
+    <t>2028 Voter Registration Statistics (Geographical Constituencies) (Dataset of the same type had been released in previous year)</t>
+  </si>
+  <si>
+    <t>11/2028</t>
+  </si>
+  <si>
+    <t>Arising of solid waste disposed of at landfills - By district and main waste category</t>
+  </si>
+  <si>
+    <t>Annual quantity of total solid waste disposed of at landfills by district and by waste category, including (i) domestic waste, (ii) Commercial &amp; industrial waste, (iii) Municipal solid waste and (iv) Overall construction waste.</t>
+  </si>
+  <si>
+    <t>12/2028</t>
+  </si>
+  <si>
     <t>Total solid waste received by disposal facilities - By main waste category</t>
   </si>
   <si>
     <t>Annual quantity of total solid waste disposed of at disposal facilities by waste category, including (i) municipal solid waste, (ii) overall construction waste, (iii) special waste and (iv) all waste categories.</t>
   </si>
   <si>
     <t>Water Control Zone (WCZ) maps</t>
   </si>
   <si>
     <t>Water Control Zone (WCZ) maps of Hong Kong (Remarks: Please refer to the gazetted maps shown in EPD Homepage: https://www.epd.gov.hk/epd/english/environmentinhk/water/hkwqrc/map/watercontrolzone.html)</t>
   </si>
   <si>
-    <t>Building List for which Fire Safety Directions are issued under the Fire Safety (Buildings) Ordinance, Cap. 572, on or before 12.12.2024</t>
-[...47 lines deleted...]
-    <t>Information on car parks managed by HA including car park name, location, number of car park space.</t>
+    <t>Property Market Statistics - Private Domestic - Demolition by Class</t>
+  </si>
+  <si>
+    <t>Statistical data on demolition of private domestic properties by class.</t>
+  </si>
+  <si>
+    <t>Property Market Statistics - Private Domestic - Demolition by Class and Region</t>
+  </si>
+  <si>
+    <t>Statistical data on demolition of private domestic properties by class and region.</t>
+  </si>
+  <si>
+    <t>Property Market Statistics - Private Domestic - Demolition by Region</t>
+  </si>
+  <si>
+    <t>Statistical data on demolition of private domestic properties by region.</t>
   </si>
   <si>
     <t>Transactions in the Sale of Green Form Subsidised Home Ownership Scheme Flats (GSH) 2025</t>
   </si>
   <si>
     <t>Transactions in the Sale of Green Form Subsidised Home Ownership Scheme Flats (GSH) 2026</t>
   </si>
   <si>
     <t>Transactions in the Sale of Green Form Subsidised Home Ownership Scheme Flats (GSH) 2027</t>
   </si>
   <si>
     <t>Transactions in the Sale of Home Ownership Scheme (HOS) Flats 2025</t>
   </si>
   <si>
     <t>Transactions in the Sale of Home Ownership Scheme (HOS) Flats 2026</t>
   </si>
   <si>
     <t>Transactions in the Sale of Home Ownership Scheme (HOS) Flats 2027</t>
   </si>
   <si>
-    <t>Historical Map – Hong Kong (1958)</t>
-[...53 lines deleted...]
-    <t>The location of Marine Works in Progress</t>
+    <t>List of Approved Service Providers under the Scheme on Living Allowance for Carers of Elderly Persons from Low-income Families</t>
+  </si>
+  <si>
+    <t>Name of operating organisation, name of approved service provider, address and enquiry telephone number</t>
+  </si>
+  <si>
+    <t>List of Approved Service Providers under the Scheme on Living Allowance for Low-income Carers of Persons with Disabilities</t>
   </si>
   <si>
     <t>Sheltered Anchorages</t>
   </si>
   <si>
     <t>The location of Sheltered Anchorages</t>
   </si>
   <si>
-    <t>Boundaries of Tertiary Planning Units &amp; Subunits (for 2026 Population Census)</t>
-[...83 lines deleted...]
-    <t>List of Approved Service Providers under the Scheme on Living Allowance for Low-income Carers of Persons with Disabilities</t>
+    <t>Electoral Affairs Commission</t>
+  </si>
+  <si>
+    <t>2027 District Council Ordinary Election District Council Geographical Constituency Boundaries</t>
+  </si>
+  <si>
+    <t>2027 District Council Ordinary Election District Council Geographical Constituency Boundaries (This dataset is owned and released by Electoral Affairs Commission.)</t>
   </si>
   <si>
     <t>Hospital Authority</t>
   </si>
   <si>
+    <t>Statistics on Selected Endoscopic Procedures by Hospital</t>
+  </si>
+  <si>
+    <t>This dataset contains the service throughput of selected endoscopic procedures and Geolocation of the hospitals under the Hospital Authority.</t>
+  </si>
+  <si>
     <t>List of Early Assessment Service for Young People with Psychosis (EASY) Centres in Hospital Authority</t>
   </si>
   <si>
     <t>Geo-referenced information on Early Assessment Service for Young People with Psychosis (EASY) Centres in Hospital Authority.</t>
   </si>
   <si>
     <t>List of Infirmary Units in Hospital Authority</t>
   </si>
   <si>
     <t>Geo-referenced information on Infirmary Units in Hospital Authority.</t>
   </si>
   <si>
     <t>List of Patient Groups</t>
   </si>
   <si>
     <t>Geo-referenced information on Patient Groups.</t>
   </si>
   <si>
     <t>List of Patient Resource Centres in Hospital Authority</t>
   </si>
   <si>
     <t>Geo-referenced information on Patient Resource Centres in Hospital Authority.</t>
   </si>
   <si>
     <t>List of Smoking Counselling and Cessation Centres in Hospital Authority</t>
   </si>
   <si>
     <t>Geo-referenced information on Smoking Counselling and Cessation Centres in Hospital Authority.</t>
   </si>
   <si>
     <t>Mobile donation vehicles</t>
   </si>
   <si>
     <t>Geo-referenced information and service schedule of the mobile donation vehicles</t>
-  </si>
-[...13 lines deleted...]
-    <t>2027 District Council Ordinary Election District Council Geographical Constituency Boundaries (This dataset is owned and released by Electoral Affairs Commission.)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
     </font>
     <font>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1509,51 +1494,51 @@
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:B1"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="20" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>2</v>
       </c>
       <c r="B1" t="s">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:G145"/>
+  <dimension ref="A1:G143"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="bottomRight" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="7" width="20" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="E1" s="1" t="s">
@@ -1569,3335 +1554,3289 @@
     <row r="2" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D3" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E3" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D4" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E4" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="G4" s="2" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D5" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E5" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G5" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C6" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="B6" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C6" s="2" t="s">
+      <c r="E6" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="D6" s="2" t="s">
+      <c r="F6" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G6" s="2" t="s">
         <v>34</v>
-      </c>
-[...7 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="B7" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C7" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="B7" s="2" t="s">
-[...5 lines deleted...]
-      <c r="D7" s="2" t="s">
+      <c r="E7" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="E7" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="2" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="G7" s="2" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="D8" s="2" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="E8" s="2" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="G8" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="B9" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C9" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="E9" s="2" t="s">
         <v>42</v>
       </c>
-      <c r="B9" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F9" s="2" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="G9" s="2" t="s">
-        <v>47</v>
+        <v>17</v>
       </c>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A10" s="2" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="D10" s="2" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="E10" s="2" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G10" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A11" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="B11" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C11" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="D11" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="B11" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E11" s="2" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="G11" s="2" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A12" s="2" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="D12" s="2" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="E12" s="2" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="G12" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A13" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="B13" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C13" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="B13" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D13" s="2" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="E13" s="2" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="G13" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A14" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B14" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C14" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="E14" s="2" t="s">
         <v>58</v>
       </c>
-      <c r="B14" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C14" s="2" t="s">
+      <c r="F14" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="D14" s="2" t="s">
+      <c r="G14" s="2" t="s">
         <v>60</v>
-      </c>
-[...7 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A15" s="2" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>63</v>
       </c>
       <c r="E15" s="2" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>26</v>
+        <v>64</v>
       </c>
       <c r="G15" s="2" t="s">
-        <v>62</v>
+        <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A16" s="2" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="D16" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="E16" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="F16" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="E16" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G16" s="2" t="s">
-        <v>62</v>
+        <v>17</v>
       </c>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="D17" s="2" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="E17" s="2" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="G17" s="2" t="s">
-        <v>69</v>
+        <v>17</v>
       </c>
     </row>
     <row r="18" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A18" s="2" t="s">
-        <v>58</v>
+        <v>71</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="D18" s="2" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="E18" s="2" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="G18" s="2" t="s">
-        <v>69</v>
+        <v>17</v>
       </c>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
-        <v>58</v>
+        <v>74</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>13</v>
+        <v>75</v>
       </c>
       <c r="D19" s="2" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="E19" s="2" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="G19" s="2" t="s">
-        <v>69</v>
+        <v>17</v>
       </c>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A20" s="2" t="s">
-        <v>58</v>
+        <v>18</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="D20" s="2" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="E20" s="2" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>68</v>
+        <v>80</v>
       </c>
       <c r="G20" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21" s="2" t="s">
-        <v>58</v>
+        <v>81</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="D21" s="2" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="E21" s="2" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>16</v>
+        <v>80</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A22" s="2" t="s">
-        <v>58</v>
+        <v>84</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>13</v>
+        <v>75</v>
       </c>
       <c r="D22" s="2" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="E22" s="2" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>68</v>
+        <v>80</v>
       </c>
       <c r="G22" s="2" t="s">
-        <v>62</v>
+        <v>22</v>
       </c>
     </row>
     <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" s="2" t="s">
-        <v>58</v>
+        <v>84</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>13</v>
+        <v>75</v>
       </c>
       <c r="D23" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="E23" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="F23" s="2" t="s">
         <v>80</v>
       </c>
-      <c r="E23" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G23" s="2" t="s">
-        <v>69</v>
+        <v>22</v>
       </c>
     </row>
     <row r="24" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A24" s="2" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>13</v>
+        <v>75</v>
       </c>
       <c r="D24" s="2" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="E24" s="2" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>16</v>
+        <v>80</v>
       </c>
       <c r="G24" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A25" s="2" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>59</v>
+        <v>92</v>
       </c>
       <c r="D25" s="2" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="E25" s="2" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>16</v>
+        <v>95</v>
       </c>
       <c r="G25" s="2" t="s">
-        <v>62</v>
+        <v>96</v>
       </c>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A26" s="2" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>59</v>
+        <v>92</v>
       </c>
       <c r="D26" s="2" t="s">
-        <v>88</v>
+        <v>97</v>
       </c>
       <c r="E26" s="2" t="s">
-        <v>89</v>
+        <v>98</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>16</v>
+        <v>95</v>
       </c>
       <c r="G26" s="2" t="s">
-        <v>62</v>
+        <v>96</v>
       </c>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A27" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>59</v>
+        <v>92</v>
       </c>
       <c r="D27" s="2" t="s">
-        <v>91</v>
+        <v>99</v>
       </c>
       <c r="E27" s="2" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>16</v>
+        <v>95</v>
       </c>
       <c r="G27" s="2" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
     </row>
     <row r="28" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A28" s="2" t="s">
-        <v>90</v>
+        <v>23</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>59</v>
+        <v>24</v>
       </c>
       <c r="D28" s="2" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="E28" s="2" t="s">
-        <v>94</v>
+        <v>102</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>95</v>
       </c>
       <c r="G28" s="2" t="s">
-        <v>92</v>
+        <v>27</v>
       </c>
     </row>
     <row r="29" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A29" s="2" t="s">
-        <v>96</v>
+        <v>23</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="D29" s="2" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="E29" s="2" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>16</v>
+        <v>95</v>
       </c>
       <c r="G29" s="2" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
     </row>
     <row r="30" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A30" s="2" t="s">
-        <v>96</v>
+        <v>81</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="D30" s="2" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="E30" s="2" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>21</v>
+        <v>95</v>
       </c>
       <c r="G30" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="31" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A31" s="2" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>102</v>
+        <v>29</v>
       </c>
       <c r="D31" s="2" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="E31" s="2" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>26</v>
+        <v>95</v>
       </c>
       <c r="G31" s="2" t="s">
-        <v>62</v>
+        <v>17</v>
       </c>
     </row>
     <row r="32" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A32" s="2" t="s">
-        <v>101</v>
+        <v>65</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>102</v>
+        <v>66</v>
       </c>
       <c r="D32" s="2" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="E32" s="2" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>26</v>
+        <v>95</v>
       </c>
       <c r="G32" s="2" t="s">
-        <v>62</v>
+        <v>27</v>
       </c>
     </row>
     <row r="33" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A33" s="2" t="s">
-        <v>101</v>
+        <v>65</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>102</v>
+        <v>66</v>
       </c>
       <c r="D33" s="2" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="E33" s="2" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>26</v>
+        <v>95</v>
       </c>
       <c r="G33" s="2" t="s">
-        <v>62</v>
+        <v>27</v>
       </c>
     </row>
     <row r="34" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A34" s="2" t="s">
-        <v>109</v>
+        <v>18</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="D34" s="2" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="E34" s="2" t="s">
-        <v>111</v>
+        <v>79</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>26</v>
+        <v>80</v>
       </c>
       <c r="G34" s="2" t="s">
-        <v>112</v>
+        <v>22</v>
       </c>
     </row>
     <row r="35" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A35" s="2" t="s">
-        <v>109</v>
+        <v>65</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>28</v>
+        <v>66</v>
       </c>
       <c r="D35" s="2" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E35" s="2" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>40</v>
+        <v>95</v>
       </c>
       <c r="G35" s="2" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
     </row>
     <row r="36" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A36" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="B36" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C36" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="D36" s="2" t="s">
         <v>115</v>
       </c>
-      <c r="B36" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E36" s="2" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>16</v>
+        <v>95</v>
       </c>
       <c r="G36" s="2" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
     </row>
     <row r="37" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A37" s="2" t="s">
-        <v>118</v>
+        <v>65</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>119</v>
+        <v>66</v>
       </c>
       <c r="D37" s="2" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="E37" s="2" t="s">
-        <v>121</v>
+        <v>111</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>21</v>
+        <v>95</v>
       </c>
       <c r="G37" s="2" t="s">
-        <v>69</v>
+        <v>27</v>
       </c>
     </row>
     <row r="38" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A38" s="2" t="s">
-        <v>118</v>
+        <v>65</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>119</v>
+        <v>66</v>
       </c>
       <c r="D38" s="2" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="E38" s="2" t="s">
-        <v>123</v>
+        <v>111</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>21</v>
+        <v>95</v>
       </c>
       <c r="G38" s="2" t="s">
-        <v>69</v>
+        <v>27</v>
       </c>
     </row>
     <row r="39" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A39" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="B39" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C39" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="D39" s="2" t="s">
         <v>118</v>
       </c>
-      <c r="B39" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E39" s="2" t="s">
-        <v>125</v>
+        <v>111</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>21</v>
+        <v>95</v>
       </c>
       <c r="G39" s="2" t="s">
-        <v>69</v>
+        <v>27</v>
       </c>
     </row>
     <row r="40" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A40" s="2" t="s">
-        <v>126</v>
+        <v>65</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>127</v>
+        <v>66</v>
       </c>
       <c r="D40" s="2" t="s">
-        <v>128</v>
+        <v>119</v>
       </c>
       <c r="E40" s="2" t="s">
-        <v>129</v>
+        <v>111</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>68</v>
+        <v>95</v>
       </c>
       <c r="G40" s="2" t="s">
-        <v>62</v>
+        <v>27</v>
       </c>
     </row>
     <row r="41" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A41" s="2" t="s">
-        <v>126</v>
+        <v>65</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>127</v>
+        <v>66</v>
       </c>
       <c r="D41" s="2" t="s">
-        <v>130</v>
+        <v>120</v>
       </c>
       <c r="E41" s="2" t="s">
-        <v>131</v>
+        <v>111</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>95</v>
       </c>
       <c r="G41" s="2" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
     </row>
     <row r="42" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A42" s="2" t="s">
-        <v>126</v>
+        <v>65</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>127</v>
+        <v>66</v>
       </c>
       <c r="D42" s="2" t="s">
-        <v>132</v>
+        <v>121</v>
       </c>
       <c r="E42" s="2" t="s">
-        <v>133</v>
+        <v>111</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>53</v>
+        <v>95</v>
       </c>
       <c r="G42" s="2" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
     </row>
     <row r="43" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A43" s="2" t="s">
-        <v>126</v>
+        <v>65</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>127</v>
+        <v>66</v>
       </c>
       <c r="D43" s="2" t="s">
-        <v>134</v>
+        <v>122</v>
       </c>
       <c r="E43" s="2" t="s">
-        <v>135</v>
+        <v>111</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>68</v>
+        <v>95</v>
       </c>
       <c r="G43" s="2" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
     </row>
     <row r="44" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A44" s="2" t="s">
-        <v>126</v>
+        <v>11</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>127</v>
+        <v>13</v>
       </c>
       <c r="D44" s="2" t="s">
-        <v>136</v>
+        <v>123</v>
       </c>
       <c r="E44" s="2" t="s">
-        <v>137</v>
+        <v>124</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>68</v>
+        <v>80</v>
       </c>
       <c r="G44" s="2" t="s">
-        <v>22</v>
+        <v>125</v>
       </c>
     </row>
     <row r="45" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A45" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="B45" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C45" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="D45" s="2" t="s">
         <v>126</v>
       </c>
-      <c r="B45" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E45" s="2" t="s">
-        <v>139</v>
+        <v>111</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>68</v>
+        <v>95</v>
       </c>
       <c r="G45" s="2" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
     </row>
     <row r="46" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A46" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D46" s="2" t="s">
-        <v>140</v>
+        <v>129</v>
       </c>
       <c r="E46" s="2" t="s">
-        <v>141</v>
+        <v>130</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>68</v>
+        <v>80</v>
       </c>
       <c r="G46" s="2" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
     </row>
     <row r="47" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A47" s="2" t="s">
-        <v>126</v>
+        <v>65</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>127</v>
+        <v>66</v>
       </c>
       <c r="D47" s="2" t="s">
-        <v>142</v>
+        <v>131</v>
       </c>
       <c r="E47" s="2" t="s">
-        <v>143</v>
+        <v>111</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>68</v>
+        <v>95</v>
       </c>
       <c r="G47" s="2" t="s">
-        <v>62</v>
+        <v>27</v>
       </c>
     </row>
     <row r="48" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A48" s="2" t="s">
-        <v>126</v>
+        <v>74</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>127</v>
+        <v>75</v>
       </c>
       <c r="D48" s="2" t="s">
-        <v>144</v>
+        <v>132</v>
       </c>
       <c r="E48" s="2" t="s">
-        <v>143</v>
+        <v>133</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>21</v>
+        <v>95</v>
       </c>
       <c r="G48" s="2" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
     </row>
     <row r="49" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A49" s="2" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>127</v>
+        <v>13</v>
       </c>
       <c r="D49" s="2" t="s">
-        <v>145</v>
+        <v>135</v>
       </c>
       <c r="E49" s="2" t="s">
-        <v>143</v>
+        <v>136</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>21</v>
+        <v>137</v>
       </c>
       <c r="G49" s="2" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
     </row>
     <row r="50" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A50" s="2" t="s">
-        <v>126</v>
+        <v>138</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>127</v>
+        <v>19</v>
       </c>
       <c r="D50" s="2" t="s">
-        <v>146</v>
+        <v>139</v>
       </c>
       <c r="E50" s="2" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>21</v>
+        <v>141</v>
       </c>
       <c r="G50" s="2" t="s">
-        <v>36</v>
+        <v>142</v>
       </c>
     </row>
     <row r="51" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A51" s="2" t="s">
-        <v>126</v>
+        <v>143</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>127</v>
+        <v>13</v>
       </c>
       <c r="D51" s="2" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="E51" s="2" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>21</v>
+        <v>141</v>
       </c>
       <c r="G51" s="2" t="s">
-        <v>36</v>
+        <v>146</v>
       </c>
     </row>
     <row r="52" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A52" s="2" t="s">
-        <v>126</v>
+        <v>65</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>127</v>
+        <v>66</v>
       </c>
       <c r="D52" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="E52" s="2" t="s">
         <v>148</v>
       </c>
-      <c r="E52" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F52" s="2" t="s">
-        <v>21</v>
+        <v>141</v>
       </c>
       <c r="G52" s="2" t="s">
-        <v>36</v>
+        <v>146</v>
       </c>
     </row>
     <row r="53" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A53" s="2" t="s">
-        <v>126</v>
+        <v>18</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>127</v>
+        <v>62</v>
       </c>
       <c r="D53" s="2" t="s">
         <v>149</v>
       </c>
       <c r="E53" s="2" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>21</v>
+        <v>151</v>
       </c>
       <c r="G53" s="2" t="s">
-        <v>36</v>
+        <v>96</v>
       </c>
     </row>
     <row r="54" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A54" s="2" t="s">
-        <v>126</v>
+        <v>18</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>127</v>
+        <v>62</v>
       </c>
       <c r="D54" s="2" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="E54" s="2" t="s">
-        <v>143</v>
+        <v>153</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>16</v>
+        <v>151</v>
       </c>
       <c r="G54" s="2" t="s">
-        <v>22</v>
+        <v>96</v>
       </c>
     </row>
     <row r="55" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A55" s="2" t="s">
-        <v>126</v>
+        <v>18</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>127</v>
+        <v>62</v>
       </c>
       <c r="D55" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="E55" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="F55" s="2" t="s">
         <v>151</v>
       </c>
-      <c r="E55" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G55" s="2" t="s">
-        <v>36</v>
+        <v>96</v>
       </c>
     </row>
     <row r="56" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A56" s="2" t="s">
-        <v>126</v>
+        <v>18</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>127</v>
+        <v>62</v>
       </c>
       <c r="D56" s="2" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="E56" s="2" t="s">
-        <v>143</v>
+        <v>157</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>21</v>
+        <v>151</v>
       </c>
       <c r="G56" s="2" t="s">
-        <v>36</v>
+        <v>146</v>
       </c>
     </row>
     <row r="57" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A57" s="2" t="s">
-        <v>126</v>
+        <v>18</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>127</v>
+        <v>62</v>
       </c>
       <c r="D57" s="2" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="E57" s="2" t="s">
-        <v>143</v>
+        <v>159</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>21</v>
+        <v>151</v>
       </c>
       <c r="G57" s="2" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
     </row>
     <row r="58" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A58" s="2" t="s">
-        <v>126</v>
+        <v>18</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>127</v>
+        <v>62</v>
       </c>
       <c r="D58" s="2" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="E58" s="2" t="s">
-        <v>143</v>
+        <v>161</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>21</v>
+        <v>151</v>
       </c>
       <c r="G58" s="2" t="s">
-        <v>36</v>
+        <v>96</v>
       </c>
     </row>
     <row r="59" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A59" s="2" t="s">
-        <v>126</v>
+        <v>65</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>127</v>
+        <v>66</v>
       </c>
       <c r="D59" s="2" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="E59" s="2" t="s">
-        <v>143</v>
+        <v>163</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>21</v>
+        <v>151</v>
       </c>
       <c r="G59" s="2" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
     </row>
     <row r="60" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A60" s="2" t="s">
-        <v>126</v>
+        <v>65</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>127</v>
+        <v>66</v>
       </c>
       <c r="D60" s="2" t="s">
-        <v>156</v>
+        <v>164</v>
       </c>
       <c r="E60" s="2" t="s">
-        <v>143</v>
+        <v>165</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>21</v>
+        <v>151</v>
       </c>
       <c r="G60" s="2" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
     </row>
     <row r="61" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A61" s="2" t="s">
-        <v>126</v>
+        <v>65</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>127</v>
+        <v>66</v>
       </c>
       <c r="D61" s="2" t="s">
-        <v>157</v>
+        <v>166</v>
       </c>
       <c r="E61" s="2" t="s">
-        <v>143</v>
+        <v>167</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>21</v>
+        <v>151</v>
       </c>
       <c r="G61" s="2" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
     </row>
     <row r="62" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A62" s="2" t="s">
-        <v>158</v>
+        <v>65</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>159</v>
+        <v>66</v>
       </c>
       <c r="D62" s="2" t="s">
-        <v>160</v>
+        <v>168</v>
       </c>
       <c r="E62" s="2" t="s">
-        <v>161</v>
+        <v>169</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>40</v>
+        <v>151</v>
       </c>
       <c r="G62" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="63" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A63" s="2" t="s">
-        <v>158</v>
+        <v>65</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>159</v>
+        <v>66</v>
       </c>
       <c r="D63" s="2" t="s">
-        <v>162</v>
+        <v>170</v>
       </c>
       <c r="E63" s="2" t="s">
-        <v>163</v>
+        <v>171</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>40</v>
+        <v>151</v>
       </c>
       <c r="G63" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="64" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A64" s="2" t="s">
-        <v>158</v>
+        <v>65</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>159</v>
+        <v>66</v>
       </c>
       <c r="D64" s="2" t="s">
-        <v>164</v>
+        <v>172</v>
       </c>
       <c r="E64" s="2" t="s">
-        <v>165</v>
+        <v>111</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>40</v>
+        <v>151</v>
       </c>
       <c r="G64" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="65" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A65" s="2" t="s">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>167</v>
+        <v>174</v>
       </c>
       <c r="D65" s="2" t="s">
-        <v>168</v>
+        <v>175</v>
       </c>
       <c r="E65" s="2" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>16</v>
+        <v>177</v>
       </c>
       <c r="G65" s="2" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
     </row>
     <row r="66" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A66" s="2" t="s">
-        <v>166</v>
+        <v>178</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>170</v>
+        <v>19</v>
       </c>
       <c r="D66" s="2" t="s">
-        <v>171</v>
+        <v>179</v>
       </c>
       <c r="E66" s="2" t="s">
-        <v>172</v>
+        <v>180</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>40</v>
+        <v>181</v>
       </c>
       <c r="G66" s="2" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
     </row>
     <row r="67" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A67" s="2" t="s">
-        <v>166</v>
+        <v>178</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>170</v>
+        <v>19</v>
       </c>
       <c r="D67" s="2" t="s">
-        <v>173</v>
+        <v>182</v>
       </c>
       <c r="E67" s="2" t="s">
-        <v>174</v>
+        <v>183</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>21</v>
+        <v>181</v>
       </c>
       <c r="G67" s="2" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
     </row>
     <row r="68" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A68" s="2" t="s">
-        <v>166</v>
+        <v>184</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>170</v>
+        <v>19</v>
       </c>
       <c r="D68" s="2" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="E68" s="2" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>21</v>
+        <v>181</v>
       </c>
       <c r="G68" s="2" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
     </row>
     <row r="69" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A69" s="2" t="s">
-        <v>166</v>
+        <v>138</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>170</v>
+        <v>19</v>
       </c>
       <c r="D69" s="2" t="s">
-        <v>177</v>
+        <v>187</v>
       </c>
       <c r="E69" s="2" t="s">
-        <v>178</v>
+        <v>187</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>53</v>
+        <v>181</v>
       </c>
       <c r="G69" s="2" t="s">
-        <v>36</v>
+        <v>142</v>
       </c>
     </row>
     <row r="70" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A70" s="2" t="s">
-        <v>166</v>
+        <v>188</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>179</v>
+        <v>189</v>
       </c>
       <c r="D70" s="2" t="s">
-        <v>180</v>
+        <v>190</v>
       </c>
       <c r="E70" s="2" t="s">
+        <v>191</v>
+      </c>
+      <c r="F70" s="2" t="s">
         <v>181</v>
       </c>
-      <c r="F70" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G70" s="2" t="s">
-        <v>183</v>
+        <v>146</v>
       </c>
     </row>
     <row r="71" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A71" s="2" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="D71" s="2" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="E71" s="2" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>16</v>
+        <v>181</v>
       </c>
       <c r="G71" s="2" t="s">
-        <v>22</v>
+        <v>146</v>
       </c>
     </row>
     <row r="72" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A72" s="2" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>23</v>
+        <v>189</v>
       </c>
       <c r="D72" s="2" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="E72" s="2" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>16</v>
+        <v>181</v>
       </c>
       <c r="G72" s="2" t="s">
-        <v>22</v>
+        <v>146</v>
       </c>
     </row>
     <row r="73" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A73" s="2" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>23</v>
+        <v>189</v>
       </c>
       <c r="D73" s="2" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="E73" s="2" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>16</v>
+        <v>181</v>
       </c>
       <c r="G73" s="2" t="s">
-        <v>22</v>
+        <v>146</v>
       </c>
     </row>
     <row r="74" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A74" s="2" t="s">
-        <v>184</v>
+        <v>53</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="D74" s="2" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="E74" s="2" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>16</v>
+        <v>181</v>
       </c>
       <c r="G74" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="75" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A75" s="2" t="s">
-        <v>184</v>
+        <v>18</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>192</v>
+        <v>62</v>
       </c>
       <c r="D75" s="2" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="E75" s="2" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>40</v>
+        <v>181</v>
       </c>
       <c r="G75" s="2" t="s">
-        <v>22</v>
+        <v>146</v>
       </c>
     </row>
     <row r="76" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A76" s="2" t="s">
-        <v>184</v>
+        <v>81</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>192</v>
+        <v>62</v>
       </c>
       <c r="D76" s="2" t="s">
-        <v>196</v>
+        <v>202</v>
       </c>
       <c r="E76" s="2" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>16</v>
+        <v>181</v>
       </c>
       <c r="G76" s="2" t="s">
-        <v>17</v>
+        <v>146</v>
       </c>
     </row>
     <row r="77" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A77" s="2" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>102</v>
+        <v>62</v>
       </c>
       <c r="D77" s="2" t="s">
-        <v>198</v>
+        <v>205</v>
       </c>
       <c r="E77" s="2" t="s">
-        <v>199</v>
+        <v>206</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>16</v>
+        <v>181</v>
       </c>
       <c r="G77" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="78" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A78" s="2" t="s">
-        <v>197</v>
+        <v>107</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>102</v>
+        <v>29</v>
       </c>
       <c r="D78" s="2" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="E78" s="2" t="s">
-        <v>201</v>
+        <v>208</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>16</v>
+        <v>181</v>
       </c>
       <c r="G78" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="79" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A79" s="2" t="s">
-        <v>202</v>
+        <v>209</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>28</v>
+        <v>66</v>
       </c>
       <c r="D79" s="2" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
       <c r="E79" s="2" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>95</v>
+        <v>181</v>
       </c>
       <c r="G79" s="2" t="s">
-        <v>17</v>
+        <v>146</v>
       </c>
     </row>
     <row r="80" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A80" s="2" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>127</v>
+        <v>66</v>
       </c>
       <c r="D80" s="2" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
       <c r="E80" s="2" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>16</v>
+        <v>181</v>
       </c>
       <c r="G80" s="2" t="s">
-        <v>17</v>
+        <v>146</v>
       </c>
     </row>
     <row r="81" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A81" s="2" t="s">
-        <v>205</v>
+        <v>65</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>127</v>
+        <v>66</v>
       </c>
       <c r="D81" s="2" t="s">
-        <v>208</v>
+        <v>214</v>
       </c>
       <c r="E81" s="2" t="s">
-        <v>209</v>
+        <v>111</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>16</v>
+        <v>181</v>
       </c>
       <c r="G81" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="82" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A82" s="2" t="s">
-        <v>210</v>
+        <v>71</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>211</v>
+        <v>47</v>
       </c>
       <c r="D82" s="2" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="E82" s="2" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>214</v>
+        <v>181</v>
       </c>
       <c r="G82" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="83" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A83" s="2" t="s">
-        <v>215</v>
+        <v>53</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>159</v>
+        <v>47</v>
       </c>
       <c r="D83" s="2" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="E83" s="2" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>40</v>
+        <v>181</v>
       </c>
       <c r="G83" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="84" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A84" s="2" t="s">
-        <v>215</v>
+        <v>53</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>159</v>
+        <v>47</v>
       </c>
       <c r="D84" s="2" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="E84" s="2" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>40</v>
+        <v>181</v>
       </c>
       <c r="G84" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="85" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A85" s="2" t="s">
-        <v>220</v>
+        <v>53</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>102</v>
+        <v>54</v>
       </c>
       <c r="D85" s="2" t="s">
         <v>221</v>
       </c>
       <c r="E85" s="2" t="s">
         <v>222</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>53</v>
+        <v>181</v>
       </c>
       <c r="G85" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="86" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A86" s="2" t="s">
-        <v>220</v>
+        <v>53</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>102</v>
+        <v>54</v>
       </c>
       <c r="D86" s="2" t="s">
         <v>223</v>
       </c>
       <c r="E86" s="2" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>21</v>
+        <v>181</v>
       </c>
       <c r="G86" s="2" t="s">
-        <v>22</v>
+        <v>146</v>
       </c>
     </row>
     <row r="87" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A87" s="2" t="s">
+        <v>224</v>
+      </c>
+      <c r="B87" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C87" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="D87" s="2" t="s">
         <v>225</v>
       </c>
-      <c r="B87" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C87" s="2" t="s">
+      <c r="E87" s="2" t="s">
         <v>226</v>
       </c>
-      <c r="D87" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F87" s="2" t="s">
-        <v>16</v>
+        <v>181</v>
       </c>
       <c r="G87" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="88" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A88" s="2" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>226</v>
+        <v>75</v>
       </c>
       <c r="D88" s="2" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="E88" s="2" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>16</v>
+        <v>181</v>
       </c>
       <c r="G88" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="89" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A89" s="2" t="s">
-        <v>225</v>
+        <v>11</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>226</v>
+        <v>36</v>
       </c>
       <c r="D89" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="E89" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="F89" s="2" t="s">
         <v>231</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
       <c r="G89" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="90" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A90" s="2" t="s">
-        <v>225</v>
+        <v>61</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>226</v>
+        <v>62</v>
       </c>
       <c r="D90" s="2" t="s">
         <v>232</v>
       </c>
       <c r="E90" s="2" t="s">
         <v>233</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>16</v>
+        <v>234</v>
       </c>
       <c r="G90" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="91" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A91" s="2" t="s">
-        <v>27</v>
+        <v>91</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>28</v>
+        <v>92</v>
       </c>
       <c r="D91" s="2" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="E91" s="2" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="G91" s="2" t="s">
-        <v>22</v>
+        <v>96</v>
       </c>
     </row>
     <row r="92" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A92" s="2" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="D92" s="2" t="s">
+        <v>238</v>
+      </c>
+      <c r="E92" s="2" t="s">
+        <v>239</v>
+      </c>
+      <c r="F92" s="2" t="s">
         <v>237</v>
       </c>
-      <c r="E92" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G92" s="2" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
     </row>
     <row r="93" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A93" s="2" t="s">
-        <v>48</v>
+        <v>23</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D93" s="2" t="s">
         <v>240</v>
       </c>
       <c r="E93" s="2" t="s">
         <v>241</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>242</v>
+        <v>237</v>
       </c>
       <c r="G93" s="2" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
     </row>
     <row r="94" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A94" s="2" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>13</v>
+        <v>62</v>
       </c>
       <c r="D94" s="2" t="s">
+        <v>242</v>
+      </c>
+      <c r="E94" s="2" t="s">
         <v>243</v>
       </c>
-      <c r="E94" s="2" t="s">
+      <c r="F94" s="2" t="s">
         <v>244</v>
       </c>
-      <c r="F94" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G94" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="95" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A95" s="2" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="D95" s="2" t="s">
+        <v>245</v>
+      </c>
+      <c r="E95" s="2" t="s">
         <v>246</v>
       </c>
-      <c r="E95" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F95" s="2" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="G95" s="2" t="s">
-        <v>69</v>
+        <v>17</v>
       </c>
     </row>
     <row r="96" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A96" s="2" t="s">
-        <v>82</v>
+        <v>53</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="D96" s="2" t="s">
+        <v>247</v>
+      </c>
+      <c r="E96" s="2" t="s">
+        <v>248</v>
+      </c>
+      <c r="F96" s="2" t="s">
+        <v>244</v>
+      </c>
+      <c r="G96" s="2" t="s">
         <v>249</v>
-      </c>
-[...7 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="97" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A97" s="2" t="s">
-        <v>82</v>
+        <v>134</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C97" s="2" t="s">
         <v>13</v>
       </c>
       <c r="D97" s="2" t="s">
+        <v>250</v>
+      </c>
+      <c r="E97" s="2" t="s">
+        <v>251</v>
+      </c>
+      <c r="F97" s="2" t="s">
         <v>252</v>
       </c>
-      <c r="E97" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G97" s="2" t="s">
-        <v>47</v>
+        <v>17</v>
       </c>
     </row>
     <row r="98" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A98" s="2" t="s">
-        <v>82</v>
+        <v>18</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>13</v>
+        <v>62</v>
       </c>
       <c r="D98" s="2" t="s">
+        <v>253</v>
+      </c>
+      <c r="E98" s="2" t="s">
         <v>254</v>
       </c>
-      <c r="E98" s="2" t="s">
+      <c r="F98" s="2" t="s">
         <v>255</v>
       </c>
-      <c r="F98" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G98" s="2" t="s">
-        <v>22</v>
+        <v>96</v>
       </c>
     </row>
     <row r="99" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A99" s="2" t="s">
-        <v>82</v>
+        <v>65</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>13</v>
+        <v>66</v>
       </c>
       <c r="D99" s="2" t="s">
         <v>256</v>
       </c>
       <c r="E99" s="2" t="s">
         <v>257</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="G99" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="100" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A100" s="2" t="s">
-        <v>82</v>
+        <v>173</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>13</v>
+        <v>174</v>
       </c>
       <c r="D100" s="2" t="s">
         <v>258</v>
       </c>
       <c r="E100" s="2" t="s">
         <v>259</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>251</v>
+        <v>260</v>
       </c>
       <c r="G100" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="101" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A101" s="2" t="s">
-        <v>85</v>
+        <v>178</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>59</v>
+        <v>19</v>
       </c>
       <c r="D101" s="2" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="E101" s="2" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>242</v>
+        <v>263</v>
       </c>
       <c r="G101" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="102" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A102" s="2" t="s">
-        <v>85</v>
+        <v>178</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>59</v>
+        <v>19</v>
       </c>
       <c r="D102" s="2" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="E102" s="2" t="s">
+        <v>265</v>
+      </c>
+      <c r="F102" s="2" t="s">
         <v>263</v>
       </c>
-      <c r="F102" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G102" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="103" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A103" s="2" t="s">
-        <v>85</v>
+        <v>178</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>59</v>
+        <v>19</v>
       </c>
       <c r="D103" s="2" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="E103" s="2" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>242</v>
+        <v>263</v>
       </c>
       <c r="G103" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="104" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A104" s="2" t="s">
-        <v>109</v>
+        <v>143</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>159</v>
+        <v>13</v>
       </c>
       <c r="D104" s="2" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="E104" s="2" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>268</v>
+        <v>263</v>
       </c>
       <c r="G104" s="2" t="s">
-        <v>22</v>
+        <v>270</v>
       </c>
     </row>
     <row r="105" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A105" s="2" t="s">
-        <v>118</v>
+        <v>173</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>119</v>
+        <v>174</v>
       </c>
       <c r="D105" s="2" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="E105" s="2" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>271</v>
+        <v>263</v>
       </c>
       <c r="G105" s="2" t="s">
-        <v>69</v>
+        <v>17</v>
       </c>
     </row>
     <row r="106" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A106" s="2" t="s">
-        <v>118</v>
+        <v>173</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>119</v>
+        <v>174</v>
       </c>
       <c r="D106" s="2" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="E106" s="2" t="s">
         <v>273</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>274</v>
+        <v>263</v>
       </c>
       <c r="G106" s="2" t="s">
-        <v>69</v>
+        <v>17</v>
       </c>
     </row>
     <row r="107" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A107" s="2" t="s">
-        <v>126</v>
+        <v>204</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>127</v>
+        <v>62</v>
       </c>
       <c r="D107" s="2" t="s">
+        <v>274</v>
+      </c>
+      <c r="E107" s="2" t="s">
         <v>275</v>
       </c>
-      <c r="E107" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F107" s="2" t="s">
-        <v>248</v>
+        <v>263</v>
       </c>
       <c r="G107" s="2" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
     </row>
     <row r="108" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A108" s="2" t="s">
-        <v>126</v>
+        <v>204</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>127</v>
+        <v>62</v>
       </c>
       <c r="D108" s="2" t="s">
+        <v>276</v>
+      </c>
+      <c r="E108" s="2" t="s">
         <v>277</v>
       </c>
-      <c r="E108" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F108" s="2" t="s">
-        <v>251</v>
+        <v>263</v>
       </c>
       <c r="G108" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="109" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A109" s="2" t="s">
-        <v>126</v>
+        <v>209</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>127</v>
+        <v>66</v>
       </c>
       <c r="D109" s="2" t="s">
         <v>278</v>
       </c>
       <c r="E109" s="2" t="s">
-        <v>143</v>
+        <v>279</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>251</v>
+        <v>263</v>
       </c>
       <c r="G109" s="2" t="s">
-        <v>22</v>
+        <v>146</v>
       </c>
     </row>
     <row r="110" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A110" s="2" t="s">
-        <v>126</v>
+        <v>209</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>127</v>
+        <v>66</v>
       </c>
       <c r="D110" s="2" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="E110" s="2" t="s">
-        <v>143</v>
+        <v>281</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>251</v>
+        <v>263</v>
       </c>
       <c r="G110" s="2" t="s">
-        <v>22</v>
+        <v>146</v>
       </c>
     </row>
     <row r="111" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A111" s="2" t="s">
-        <v>126</v>
+        <v>209</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>127</v>
+        <v>66</v>
       </c>
       <c r="D111" s="2" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="E111" s="2" t="s">
-        <v>143</v>
+        <v>283</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>251</v>
+        <v>263</v>
       </c>
       <c r="G111" s="2" t="s">
-        <v>22</v>
+        <v>146</v>
       </c>
     </row>
     <row r="112" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A112" s="2" t="s">
-        <v>126</v>
+        <v>143</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D112" s="2" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="E112" s="2" t="s">
-        <v>143</v>
+        <v>285</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>251</v>
+        <v>263</v>
       </c>
       <c r="G112" s="2" t="s">
-        <v>22</v>
+        <v>270</v>
       </c>
     </row>
     <row r="113" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A113" s="2" t="s">
-        <v>126</v>
+        <v>71</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>127</v>
+        <v>47</v>
       </c>
       <c r="D113" s="2" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="E113" s="2" t="s">
-        <v>143</v>
+        <v>287</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>251</v>
+        <v>263</v>
       </c>
       <c r="G113" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="114" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A114" s="2" t="s">
-        <v>166</v>
+        <v>53</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>170</v>
+        <v>54</v>
       </c>
       <c r="D114" s="2" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="E114" s="2" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>274</v>
+        <v>263</v>
       </c>
       <c r="G114" s="2" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
     </row>
     <row r="115" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A115" s="2" t="s">
-        <v>166</v>
+        <v>53</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>170</v>
+        <v>54</v>
       </c>
       <c r="D115" s="2" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="E115" s="2" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>274</v>
+        <v>263</v>
       </c>
       <c r="G115" s="2" t="s">
-        <v>36</v>
+        <v>146</v>
       </c>
     </row>
     <row r="116" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A116" s="2" t="s">
-        <v>184</v>
+        <v>224</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>13</v>
+        <v>75</v>
       </c>
       <c r="D116" s="2" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="E116" s="2" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>289</v>
+        <v>263</v>
       </c>
       <c r="G116" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="117" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A117" s="2" t="s">
-        <v>184</v>
+        <v>224</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>192</v>
+        <v>75</v>
       </c>
       <c r="D117" s="2" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="E117" s="2" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>289</v>
+        <v>263</v>
       </c>
       <c r="G117" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="118" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A118" s="2" t="s">
-        <v>184</v>
+        <v>127</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>192</v>
+        <v>128</v>
       </c>
       <c r="D118" s="2" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="E118" s="2" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>242</v>
+        <v>297</v>
       </c>
       <c r="G118" s="2" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
     </row>
     <row r="119" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A119" s="2" t="s">
-        <v>184</v>
+        <v>91</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>192</v>
+        <v>92</v>
       </c>
       <c r="D119" s="2" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="E119" s="2" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>289</v>
+        <v>300</v>
       </c>
       <c r="G119" s="2" t="s">
-        <v>296</v>
+        <v>96</v>
       </c>
     </row>
     <row r="120" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A120" s="2" t="s">
-        <v>184</v>
+        <v>173</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>192</v>
+        <v>174</v>
       </c>
       <c r="D120" s="2" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="E120" s="2" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>242</v>
+        <v>303</v>
       </c>
       <c r="G120" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="121" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A121" s="2" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>102</v>
+        <v>62</v>
       </c>
       <c r="D121" s="2" t="s">
-        <v>298</v>
+        <v>304</v>
       </c>
       <c r="E121" s="2" t="s">
-        <v>299</v>
+        <v>305</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>242</v>
+        <v>306</v>
       </c>
       <c r="G121" s="2" t="s">
-        <v>22</v>
+        <v>146</v>
       </c>
     </row>
     <row r="122" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A122" s="2" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>102</v>
+        <v>62</v>
       </c>
       <c r="D122" s="2" t="s">
-        <v>300</v>
+        <v>307</v>
       </c>
       <c r="E122" s="2" t="s">
-        <v>301</v>
+        <v>308</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>242</v>
+        <v>306</v>
       </c>
       <c r="G122" s="2" t="s">
-        <v>22</v>
+        <v>146</v>
       </c>
     </row>
     <row r="123" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A123" s="2" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>102</v>
+        <v>62</v>
       </c>
       <c r="D123" s="2" t="s">
-        <v>302</v>
+        <v>309</v>
       </c>
       <c r="E123" s="2" t="s">
-        <v>303</v>
+        <v>310</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>251</v>
+        <v>306</v>
       </c>
       <c r="G123" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="124" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A124" s="2" t="s">
-        <v>202</v>
+        <v>209</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>28</v>
+        <v>66</v>
       </c>
       <c r="D124" s="2" t="s">
-        <v>304</v>
+        <v>311</v>
       </c>
       <c r="E124" s="2" t="s">
-        <v>305</v>
+        <v>312</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>242</v>
+        <v>306</v>
       </c>
       <c r="G124" s="2" t="s">
-        <v>306</v>
+        <v>146</v>
       </c>
     </row>
     <row r="125" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A125" s="2" t="s">
-        <v>202</v>
+        <v>209</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>33</v>
+        <v>66</v>
       </c>
       <c r="D125" s="2" t="s">
-        <v>307</v>
+        <v>313</v>
       </c>
       <c r="E125" s="2" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>242</v>
+        <v>306</v>
       </c>
       <c r="G125" s="2" t="s">
-        <v>306</v>
+        <v>146</v>
       </c>
     </row>
     <row r="126" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A126" s="2" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>127</v>
+        <v>66</v>
       </c>
       <c r="D126" s="2" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="E126" s="2" t="s">
-        <v>310</v>
+        <v>316</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>251</v>
+        <v>306</v>
       </c>
       <c r="G126" s="2" t="s">
-        <v>17</v>
+        <v>146</v>
       </c>
     </row>
     <row r="127" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A127" s="2" t="s">
-        <v>205</v>
+        <v>65</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>127</v>
+        <v>66</v>
       </c>
       <c r="D127" s="2" t="s">
-        <v>311</v>
+        <v>317</v>
       </c>
       <c r="E127" s="2" t="s">
-        <v>312</v>
+        <v>111</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>251</v>
+        <v>306</v>
       </c>
       <c r="G127" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="128" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A128" s="2" t="s">
-        <v>205</v>
+        <v>65</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>127</v>
+        <v>66</v>
       </c>
       <c r="D128" s="2" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
       <c r="E128" s="2" t="s">
-        <v>314</v>
+        <v>111</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>251</v>
+        <v>306</v>
       </c>
       <c r="G128" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="129" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A129" s="2" t="s">
-        <v>205</v>
+        <v>65</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>127</v>
+        <v>66</v>
       </c>
       <c r="D129" s="2" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="E129" s="2" t="s">
-        <v>316</v>
+        <v>111</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>242</v>
+        <v>306</v>
       </c>
       <c r="G129" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="130" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A130" s="2" t="s">
-        <v>205</v>
+        <v>65</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>127</v>
+        <v>66</v>
       </c>
       <c r="D130" s="2" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="E130" s="2" t="s">
-        <v>318</v>
+        <v>111</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>242</v>
+        <v>306</v>
       </c>
       <c r="G130" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="131" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A131" s="2" t="s">
-        <v>205</v>
+        <v>65</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>127</v>
+        <v>66</v>
       </c>
       <c r="D131" s="2" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="E131" s="2" t="s">
-        <v>320</v>
+        <v>111</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>242</v>
+        <v>306</v>
       </c>
       <c r="G131" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="132" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A132" s="2" t="s">
-        <v>210</v>
+        <v>65</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>211</v>
+        <v>66</v>
       </c>
       <c r="D132" s="2" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="E132" s="2" t="s">
-        <v>322</v>
+        <v>111</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>323</v>
+        <v>306</v>
       </c>
       <c r="G132" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="133" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A133" s="2" t="s">
-        <v>210</v>
+        <v>43</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>211</v>
+        <v>36</v>
       </c>
       <c r="D133" s="2" t="s">
+        <v>323</v>
+      </c>
+      <c r="E133" s="2" t="s">
         <v>324</v>
       </c>
-      <c r="E133" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F133" s="2" t="s">
-        <v>326</v>
+        <v>306</v>
       </c>
       <c r="G133" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="134" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A134" s="2" t="s">
-        <v>210</v>
+        <v>43</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>211</v>
+        <v>36</v>
       </c>
       <c r="D134" s="2" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="E134" s="2" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>242</v>
+        <v>306</v>
       </c>
       <c r="G134" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="135" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A135" s="2" t="s">
-        <v>210</v>
+        <v>224</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>211</v>
+        <v>75</v>
       </c>
       <c r="D135" s="2" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
       <c r="E135" s="2" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>242</v>
+        <v>306</v>
       </c>
       <c r="G135" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="136" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A136" s="2" t="s">
-        <v>215</v>
+        <v>173</v>
       </c>
       <c r="B136" s="2" t="s">
-        <v>12</v>
+        <v>328</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>159</v>
+        <v>174</v>
       </c>
       <c r="D136" s="2" t="s">
+        <v>329</v>
+      </c>
+      <c r="E136" s="2" t="s">
         <v>330</v>
       </c>
-      <c r="E136" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F136" s="2" t="s">
-        <v>251</v>
+        <v>181</v>
       </c>
       <c r="G136" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="137" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A137" s="2" t="s">
-        <v>215</v>
+        <v>107</v>
       </c>
       <c r="B137" s="2" t="s">
-        <v>12</v>
+        <v>331</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>159</v>
+        <v>29</v>
       </c>
       <c r="D137" s="2" t="s">
         <v>332</v>
       </c>
       <c r="E137" s="2" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>251</v>
+        <v>181</v>
       </c>
       <c r="G137" s="2" t="s">
-        <v>22</v>
+        <v>146</v>
       </c>
     </row>
     <row r="138" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A138" s="2" t="s">
-        <v>96</v>
+        <v>107</v>
       </c>
       <c r="B138" s="2" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="D138" s="2" t="s">
         <v>334</v>
       </c>
       <c r="E138" s="2" t="s">
         <v>335</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>242</v>
+        <v>263</v>
       </c>
       <c r="G138" s="2" t="s">
-        <v>17</v>
+        <v>146</v>
       </c>
     </row>
     <row r="139" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A139" s="2" t="s">
-        <v>96</v>
+        <v>107</v>
       </c>
       <c r="B139" s="2" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="D139" s="2" t="s">
         <v>336</v>
       </c>
       <c r="E139" s="2" t="s">
         <v>337</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>242</v>
+        <v>263</v>
       </c>
       <c r="G139" s="2" t="s">
-        <v>17</v>
+        <v>146</v>
       </c>
     </row>
     <row r="140" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A140" s="2" t="s">
-        <v>96</v>
+        <v>107</v>
       </c>
       <c r="B140" s="2" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="D140" s="2" t="s">
         <v>338</v>
       </c>
       <c r="E140" s="2" t="s">
         <v>339</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>242</v>
+        <v>263</v>
       </c>
       <c r="G140" s="2" t="s">
-        <v>17</v>
+        <v>146</v>
       </c>
     </row>
     <row r="141" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A141" s="2" t="s">
-        <v>96</v>
+        <v>107</v>
       </c>
       <c r="B141" s="2" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="D141" s="2" t="s">
         <v>340</v>
       </c>
       <c r="E141" s="2" t="s">
         <v>341</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>242</v>
+        <v>263</v>
       </c>
       <c r="G141" s="2" t="s">
-        <v>17</v>
+        <v>146</v>
       </c>
     </row>
     <row r="142" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A142" s="2" t="s">
-        <v>96</v>
+        <v>107</v>
       </c>
       <c r="B142" s="2" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="D142" s="2" t="s">
         <v>342</v>
       </c>
       <c r="E142" s="2" t="s">
         <v>343</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>242</v>
+        <v>263</v>
       </c>
       <c r="G142" s="2" t="s">
-        <v>17</v>
+        <v>146</v>
       </c>
     </row>
     <row r="143" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A143" s="2" t="s">
-        <v>96</v>
+        <v>107</v>
       </c>
       <c r="B143" s="2" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="D143" s="2" t="s">
         <v>344</v>
       </c>
       <c r="E143" s="2" t="s">
         <v>345</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>251</v>
+        <v>306</v>
       </c>
       <c r="G143" s="2" t="s">
-        <v>22</v>
-[...45 lines deleted...]
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:G1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>