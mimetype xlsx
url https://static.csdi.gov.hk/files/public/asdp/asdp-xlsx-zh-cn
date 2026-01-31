--- v0 (2025-10-16)
+++ v1 (2026-01-31)
@@ -12,1298 +12,1107 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Source" state="visible" r:id="rId4"/>
     <sheet sheetId="2" name="As of Date" state="visible" r:id="rId5"/>
     <sheet sheetId="3" name="Data" state="visible" r:id="rId6"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1103" uniqueCount="414">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1019" uniqueCount="351">
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>Based on 2024 Annual Spatial Data Plans of Bureaux and Departments (for 2025-2027)</t>
+    <t>Based on 2025 Annual Spatial Data Plans of Bureaux and Departments (for 2026-2028)</t>
   </si>
   <si>
     <t>As of Date</t>
   </si>
   <si>
-    <t>26/02/2025</t>
+    <t>08/01/2026</t>
   </si>
   <si>
     <t>Data Provider</t>
   </si>
   <si>
     <t>Other Organisation</t>
   </si>
   <si>
     <t>Type of Data</t>
   </si>
   <si>
     <t>Name of Dataset</t>
   </si>
   <si>
     <t>General Description</t>
   </si>
   <si>
     <t>Target Release Date</t>
   </si>
   <si>
     <t>Update Frequency</t>
   </si>
   <si>
-    <t>公务员事务局</t>
+    <t>劳工处</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>劳工、社区及社会福利</t>
+  </si>
+  <si>
+    <t>劳资关系科办事处资料</t>
+  </si>
+  <si>
+    <t>劳工处劳资关系科办事处地址及开放时间</t>
+  </si>
+  <si>
+    <t>01/2026</t>
+  </si>
+  <si>
+    <t>当有更新数据时</t>
+  </si>
+  <si>
+    <t>小额薪酬索偿仲裁处资料</t>
+  </si>
+  <si>
+    <t>小额薪酬索偿仲裁处地址、开放时间及查询电话号码</t>
+  </si>
+  <si>
+    <t>职工会登记局资料</t>
+  </si>
+  <si>
+    <t>职工会登记局地址及开放时间</t>
+  </si>
+  <si>
+    <t>医务卫生局</t>
+  </si>
+  <si>
+    <t>卫生</t>
+  </si>
+  <si>
+    <t>乐妍站一览表</t>
+  </si>
+  <si>
+    <t>数据集附有乐妍站的联络资料，包括地址、电话号码、传真号码及网址。</t>
+  </si>
+  <si>
+    <t>06/2026</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
-    <t>劳工、社区及社会福利</t>
-[...23 lines deleted...]
-    <t>05/2025</t>
+    <t>家庭医生(基层医疗指南)一览表</t>
+  </si>
+  <si>
+    <t>数据集附有家庭医生的联络资料，包括地址、医护机构、医护服务地点及电话号码。</t>
+  </si>
+  <si>
+    <t>12/2026</t>
+  </si>
+  <si>
+    <t>卫生署</t>
+  </si>
+  <si>
+    <t>爱婴母婴健康院</t>
+  </si>
+  <si>
+    <t>爱婴母婴健康院列表, 附有基本资料</t>
+  </si>
+  <si>
+    <t>设有育婴间的政府物业</t>
+  </si>
+  <si>
+    <t>设有育婴间的政府物业的列表，列有设施地点及其他详细资料</t>
+  </si>
+  <si>
+    <t>一年两次</t>
   </si>
   <si>
     <t>发展局</t>
   </si>
   <si>
+    <t>康乐及文化</t>
+  </si>
+  <si>
+    <t>启德共融通道</t>
+  </si>
+  <si>
+    <t>启德共融通道已开放给公众使用的位置</t>
+  </si>
+  <si>
+    <t>03/2026</t>
+  </si>
+  <si>
+    <t>法定古迹的三维数码模型</t>
+  </si>
+  <si>
+    <t>单体化的法定古迹的三维数码模型是一组具有几何数据、纹理影像、外观和位置的数据。这些模型是根据古物古迹办事处取得的点云数据和小型无人机 (SUA) 拍摄的航空拍照片制作出来的。</t>
+  </si>
+  <si>
+    <t>土木工程拓展署</t>
+  </si>
+  <si>
+    <t>大澳旅游热点人流资讯</t>
+  </si>
+  <si>
+    <t>每5分钟</t>
+  </si>
+  <si>
+    <t>地政总署</t>
+  </si>
+  <si>
+    <t>发展; 地理; 土地资讯</t>
+  </si>
+  <si>
+    <t>旧香港照片</t>
+  </si>
+  <si>
+    <t>350张选自五十年代至七十年代拍摄的旧香港照片显示街景面貌，于图像档的「标题」栏标签了地区名称，部分附有街道及建筑物名称。照片的地理位置标记参考「香港1980方格网」坐标系统。</t>
+  </si>
+  <si>
+    <t>一次性</t>
+  </si>
+  <si>
+    <t>地理</t>
+  </si>
+  <si>
+    <t>历史地图 – 大澳（1918）</t>
+  </si>
+  <si>
+    <t>显示1918年的大澳的历史地图。</t>
+  </si>
+  <si>
+    <t>历史地图 – 清水湾（1954）</t>
+  </si>
+  <si>
+    <t>显示1954年的清水湾的历史地图。</t>
+  </si>
+  <si>
+    <t>数码正射影像图DOP1000-1976</t>
+  </si>
+  <si>
+    <t>DOP1000-1976正射影像图采用1976年于4000呎上空拍摄的航空照片制作，其地面采样距离为0.1米。它主要涵盖香港岛，及包括部分油尖旺、九龙城、黄大仙、观塘、葵青、荃湾、屯门、元朗、大埔、沙田和西贡等地区。采用GeoTIFF格式并附有 Worldfile档案发布。</t>
+  </si>
+  <si>
+    <t>旧郊区地图</t>
+  </si>
+  <si>
+    <t>该资料集包含五张在1971至1983年间出版的郊区地图，采用GeoTIFF格式。地图影像附有参考香港1980方格坐标系统定位的地理位置标签。</t>
+  </si>
+  <si>
+    <t>科技</t>
+  </si>
+  <si>
+    <t>香港卫星定位参考站网 （SatRef）之GNSS网路实时动态定位结果</t>
+  </si>
+  <si>
+    <t>香港卫星定位参考站网的完整性监测站的GNSS网路实时动态定位结果，以NMEA格式发放。</t>
+  </si>
+  <si>
+    <t>02/2026</t>
+  </si>
+  <si>
+    <t>实时</t>
+  </si>
+  <si>
+    <t>大学教育资助委员会秘书处</t>
+  </si>
+  <si>
+    <t>教育</t>
+  </si>
+  <si>
+    <t>按大学、修课程度及原居地划分的来港就读教资会资助的全日制课程的交流生人次</t>
+  </si>
+  <si>
+    <t>来港就读教资会资助的全日制课程的交流生人次统计</t>
+  </si>
+  <si>
+    <t>每年</t>
+  </si>
+  <si>
+    <t>按大学、修课程度及目的地划分的来自教资会资助的全日制课程离港的交流生人次</t>
+  </si>
+  <si>
+    <t>来自教资会资助的全日制课程离港的交流生人次统计</t>
+  </si>
+  <si>
+    <t>按大学划分的教资会资助副学士及学士学位课程有特殊教育需要的就学人数</t>
+  </si>
+  <si>
+    <t>敎资会资助副学士及学士学位课程有特殊教育需要的就学人数统计</t>
+  </si>
+  <si>
+    <t>敎资会资助大学的研究补助金</t>
+  </si>
+  <si>
+    <t>屋宇署</t>
+  </si>
+  <si>
     <t>发展</t>
   </si>
   <si>
-    <t>跃动港岛南概念总纲计划3.0－黄竹坑、香港仔及鸭脷洲</t>
-[...14 lines deleted...]
-    <t>土地注册处</t>
+    <t>采用「组装合成」建筑法的私人楼宇</t>
+  </si>
+  <si>
+    <t>采用「组装合成」建筑法的私人楼宇及楼宇的占用许可证签发日期、楼宇类型及地址</t>
+  </si>
+  <si>
+    <t>08/2026</t>
+  </si>
+  <si>
+    <t>差饷物业估价署</t>
   </si>
   <si>
     <t>房屋</t>
   </si>
   <si>
-    <t>土地注册处各办事处的位置</t>
-[...14 lines deleted...]
-    <t>香港特别行政区政府土木工程拓展署按照发展局工务技术通告第10/2018号「场外钢筋预制组件的品质管理」负责管理「认可钢筋预制工场名册」(名册)，包括审批纳入名册的申请、管理名册以及规管名册内的工场的表现。</t>
+    <t>统计摘要 - 估价册 - 各地区的估价及应课差饷租值</t>
+  </si>
+  <si>
+    <t>估价册截至有关年度4 月1 日各区域估价的数量及应课差饷租值总数的统计数据。</t>
+  </si>
+  <si>
+    <t>统计摘要 - 地租登记册 - 各地区的估价及应课差饷租值</t>
+  </si>
+  <si>
+    <t>地租登记册截至有关年度4 月1 日各区域估价的数量及应课差饷租值总数的统计数据。</t>
+  </si>
+  <si>
+    <t>康乐及文化事务署</t>
+  </si>
+  <si>
+    <t>演艺场地-最近的工程项目</t>
+  </si>
+  <si>
+    <t>最近剧院系统更新、改善及装修的工程</t>
+  </si>
+  <si>
+    <t>演艺场地-未来的工程项目</t>
+  </si>
+  <si>
+    <t>场地正在进行大型整修及计划兴建之工程项目</t>
+  </si>
+  <si>
+    <t>康乐及文化; 运动</t>
+  </si>
+  <si>
+    <t>康文署场地的树木资料</t>
+  </si>
+  <si>
+    <t>智能自助服务站地点</t>
+  </si>
+  <si>
+    <t>竞赛场地</t>
+  </si>
+  <si>
+    <t>竞赛场地位置</t>
+  </si>
+  <si>
+    <t>教育; 康乐及文化</t>
+  </si>
+  <si>
+    <t>市区公园观蝶</t>
+  </si>
+  <si>
+    <t>观蝶位置</t>
+  </si>
+  <si>
+    <t>房屋局 / 房屋委员会 / 房屋署</t>
+  </si>
+  <si>
+    <t>「简约公屋」单位资料</t>
+  </si>
+  <si>
+    <t>「简约公屋」单位资料。</t>
+  </si>
+  <si>
+    <t>公共屋邨位置及资料 – 公共屋邨</t>
+  </si>
+  <si>
+    <t>公共屋邨资料。</t>
+  </si>
+  <si>
+    <t>10/2026</t>
+  </si>
+  <si>
+    <t>公共屋邨位置及资料 – 居者有其屋计划屋苑</t>
+  </si>
+  <si>
+    <t>居屋屋苑资料。</t>
+  </si>
+  <si>
+    <t>公共屋邨位置及资料 – 房委会商场</t>
+  </si>
+  <si>
+    <t>房委会商场资料包括屋邨名称、位置、落成年份、层数及可出租面积约数。</t>
+  </si>
+  <si>
+    <t>公共屋邨位置及资料 – 房委会工厂大厦</t>
+  </si>
+  <si>
+    <t>房委会工厂大厦资料包括工厂大厦名称、位置、入伙年份、层数及单位数目。</t>
+  </si>
+  <si>
+    <t>出售居者有其屋计划(居屋)单位2018的成交记录</t>
+  </si>
+  <si>
+    <t>单位成交记录资料。</t>
+  </si>
+  <si>
+    <t>出售居者有其屋计划(居屋)单位2019的成交记录</t>
+  </si>
+  <si>
+    <t>出售居者有其屋计划(居屋)单位2020的成交记录</t>
+  </si>
+  <si>
+    <t>出售居者有其屋计划(居屋)单位2022的成交记录</t>
+  </si>
+  <si>
+    <t>出售居者有其屋计划(居屋)单位2023的成交记录</t>
+  </si>
+  <si>
+    <t>出售居者有其屋计划(居屋)单位2024的成交记录</t>
+  </si>
+  <si>
+    <t>出售租者置其屋计划(租置计划)屋邨单位的成交记录</t>
+  </si>
+  <si>
+    <t>每季</t>
+  </si>
+  <si>
+    <t>出售绿表置居计划(绿置居)单位2018的成交记录</t>
+  </si>
+  <si>
+    <t>出售绿表置居计划(绿置居)单位2019的成交记录</t>
+  </si>
+  <si>
+    <t>出售绿表置居计划(绿置居)单位2024的成交记录</t>
+  </si>
+  <si>
+    <t>出售绿表置居计划单位(绿置居)2020/21的成交记录</t>
+  </si>
+  <si>
+    <t>出售绿表置居计划单位(绿置居)2022的成交记录</t>
+  </si>
+  <si>
+    <t>出售绿表置居计划单位(绿置居)2023的成交记录</t>
+  </si>
+  <si>
+    <t>出售青富苑及蝶翠苑未售出绿表置居计划(绿置居)单位的成交记录</t>
+  </si>
+  <si>
+    <t>房屋委员会公共租住房屋单位资料</t>
+  </si>
+  <si>
+    <t>公共租住房屋单位资料。</t>
+  </si>
+  <si>
+    <t>由房屋委员会(房委会)管理的已落成公共屋邨内的大型树</t>
+  </si>
+  <si>
+    <t>该数据集包括位于已落成公共屋邨内，主树干胸径超过500毫米的大型树。</t>
+  </si>
+  <si>
+    <t>09/2026</t>
+  </si>
+  <si>
+    <t>重售青富苑及蝶翠苑绿表置居计划(绿置居)单位的成交记录</t>
+  </si>
+  <si>
+    <t>政府统计处</t>
+  </si>
+  <si>
+    <t>人口</t>
+  </si>
+  <si>
+    <t>2021 年人口普查（楼市片区及楼宇组群统计数字及分界）</t>
+  </si>
+  <si>
+    <t>此2021年人口普查数据集包含在2021年居于173个楼市片区及3286个楼宇组群的香港人口有关人口、住户、教育、经济、房屋及内部迁移特征的统计数字。此数据集亦包含各楼市片区及楼宇组群的分界。楼市片区及楼宇组群是政府统计处和中原地图有限公司（中原地图）为发布香港人口普查／中期人口统计的统计数字而合作发展的分界系统。2021年人口普查于2021年6月至8月期间进行，提供了香港人口的社会和经济特征的基准统计数字。这些数字对政府在规划和制定政策尤为重要。</t>
+  </si>
+  <si>
+    <t>04/2026</t>
+  </si>
+  <si>
+    <t>机电工程署</t>
+  </si>
+  <si>
+    <t>工商业</t>
+  </si>
+  <si>
+    <t>承办商名单五：住宅气体接驳软喉更换（石油气）</t>
+  </si>
+  <si>
+    <t>气体安全（气体装置技工及气体工程承办商注册）规例所界定的注册气体工程承办商名单</t>
+  </si>
+  <si>
+    <t>承办商名单四：住宅气体接驳软喉更换 （煤气）</t>
+  </si>
+  <si>
+    <t>政府物联通基站</t>
+  </si>
+  <si>
+    <t>政府物联通基站的位置</t>
   </si>
   <si>
     <t>环境</t>
   </si>
   <si>
-    <t>土木工程拓展署设施内密集使用区的树木</t>
-[...98 lines deleted...]
-    <t>08/2025</t>
+    <t>仍然生效的《建筑物能源效益条例》敦促改善通知书的处所</t>
+  </si>
+  <si>
+    <t>仍然生效的《建筑物能源效益条例》敦促改善通知书的处所和相关资料</t>
   </si>
   <si>
     <t>每月</t>
   </si>
   <si>
-    <t>已获发施工同意书的基础工程</t>
-[...745 lines deleted...]
-    <t>10/2026</t>
+    <t>区域供冷系统</t>
+  </si>
+  <si>
+    <t>区域供冷系统的位置</t>
   </si>
   <si>
     <t>已呈交《建筑物能源效益条例》首阶段声明的建筑物</t>
   </si>
   <si>
     <t>已提交《建筑物能源效益条例》首阶段声明的建筑物的位置和相关资料</t>
   </si>
   <si>
     <t>已获发《建筑物能源效益条例》能源审核表格的建筑物</t>
   </si>
   <si>
     <t>已获注册能源效益评核人签发《建筑物能源效益条例》能源审核表格的建筑物和相关资料</t>
   </si>
   <si>
     <t>已获发《建筑物能源效益条例》遵行规定登记证明书的建筑物</t>
   </si>
   <si>
     <t xml:space="preserve">已获发《建筑物能源效益条例》遵行规定登记证明书的建筑物的位置和相关资料
 (本数据集的非空间数据已于2023年6月发放)</t>
   </si>
   <si>
-    <t>已获发《建筑物能源效益条例》遵行规定表格的处所</t>
-[...5 lines deleted...]
-    <t>10/2027</t>
+    <t>淡水冷却塔计划的选定地区</t>
+  </si>
+  <si>
+    <t>淡水冷却塔计划的选定地区位置图</t>
   </si>
   <si>
     <t>能源效益及节约展览中心</t>
   </si>
   <si>
     <t xml:space="preserve">正举行能源效益及节约展览的处所和相关资料
-（备注：本数据集乃根据最近的调查所得，并非全面）</t>
-[...5 lines deleted...]
-    <t>全港各小区「关爱队」的分界图、联络途径、承办团体、伙伴团体、队长、副队长及成员名单。</t>
+(备注：本数据集乃根据最近的调查所得，并非全面)</t>
+  </si>
+  <si>
+    <t>民政事务总署</t>
+  </si>
+  <si>
+    <t>历史地方行政区分界</t>
+  </si>
+  <si>
+    <t>历史地方行政区分界的地理参考数据，包括中、英文名称及分界坐标(经度和纬度)。</t>
   </si>
   <si>
     <t>乡郊代表选举现有乡村／墟镇分界 (2027-2030)</t>
   </si>
   <si>
     <t xml:space="preserve">乡郊代表选举现有乡村／墟镇分界的地理参考数据。
 此数据种类已于2022年12月首次发放，并会于每四年发放新数据。</t>
   </si>
   <si>
     <t>每四年一次</t>
   </si>
   <si>
+    <t>海事处</t>
+  </si>
+  <si>
+    <t>运输</t>
+  </si>
+  <si>
+    <t>政府系泊浮泡</t>
+  </si>
+  <si>
+    <t>政府系泊浮泡的位置</t>
+  </si>
+  <si>
+    <t>葵涌控制站服务范围</t>
+  </si>
+  <si>
+    <t>葵涌控制站所管理的船舶交通区域</t>
+  </si>
+  <si>
+    <t>渔农自然护理署</t>
+  </si>
+  <si>
+    <t>动物寄养所</t>
+  </si>
+  <si>
+    <t>动物寄养所的位置及联络详情</t>
+  </si>
+  <si>
+    <t>「渔＋乐」鱼场资料</t>
+  </si>
+  <si>
+    <t>「渔＋乐」鱼场的位置数据</t>
+  </si>
+  <si>
     <t>郊野公园内其他康乐场地的树木资料</t>
   </si>
   <si>
     <t>郊野公园其他康乐场地所记录的树木资料，包括树种及位置</t>
   </si>
   <si>
-    <t>水浸黑点</t>
-[...5 lines deleted...]
-    <t>沿岸低洼或当风住宅地区</t>
+    <t>渠务署</t>
+  </si>
+  <si>
+    <t>渠务署设施自助游</t>
+  </si>
+  <si>
+    <t>渠务署设施自助游（启德河径、南生围河教育径、新田防洪计划）(发放日期由09/2025改为03/2026)</t>
   </si>
   <si>
     <t>识河惜生态 · 资料馆 - 香港 · 河道</t>
+  </si>
+  <si>
+    <t>环境保护署</t>
+  </si>
+  <si>
+    <t>海岸清洁情况</t>
+  </si>
+  <si>
+    <t>优先处理地点的海岸清洁评分</t>
+  </si>
+  <si>
+    <t>社会福利署</t>
+  </si>
+  <si>
+    <t>残疾人士辅助就业培训</t>
+  </si>
+  <si>
+    <t>残疾人士辅助就业培训服务单位名单 (地区、服务营运机构名称、地址、联络电话、传真号码、服务名额、性别)</t>
+  </si>
+  <si>
+    <t>精神复元人士过渡支援服务</t>
+  </si>
+  <si>
+    <t>服务簡介、服务对象、服务机构名单、服务隊名稱、地址、电话及传真号码</t>
+  </si>
+  <si>
+    <t>规划署</t>
+  </si>
+  <si>
+    <t>2025土地用途网格</t>
+  </si>
+  <si>
+    <t>根据更新的卫星图像制作的香港概括土地用途分布网格。</t>
+  </si>
+  <si>
+    <t>路政署</t>
+  </si>
+  <si>
+    <t>加建隔音屏障工程</t>
+  </si>
+  <si>
+    <t>提供由路政署管辖范围内的加建隔音屏障工程资料。</t>
+  </si>
+  <si>
+    <t>可达性工程</t>
+  </si>
+  <si>
+    <t>提供由路政署管辖范围内的可达性工程资料。</t>
+  </si>
+  <si>
+    <t>道路工程</t>
+  </si>
+  <si>
+    <t>提供由路政署管辖范围内的道路工程资料。</t>
+  </si>
+  <si>
+    <t>运输署</t>
+  </si>
+  <si>
+    <t>车队的士停车处</t>
+  </si>
+  <si>
+    <t>车队的士停车处位置地点</t>
+  </si>
+  <si>
+    <t>道路工程位置数据</t>
+  </si>
+  <si>
+    <t>位于时速限制70公里或以上道路的工程位置(JSON)</t>
+  </si>
+  <si>
+    <t>选举事务处</t>
+  </si>
+  <si>
+    <t>选举</t>
+  </si>
+  <si>
+    <t>2026年选民登记数字</t>
+  </si>
+  <si>
+    <t>2026年选民登记数字(地方选区)</t>
+  </si>
+  <si>
+    <t>11/2026</t>
+  </si>
+  <si>
+    <t>食物环境卫生署</t>
+  </si>
+  <si>
+    <t>登记食物进口商和登记食物分销商登记册</t>
+  </si>
+  <si>
+    <t>每日</t>
+  </si>
+  <si>
+    <t>网上受限制食物售卖许可证</t>
+  </si>
+  <si>
+    <t>本港网上受限制食物售卖许可证名单</t>
+  </si>
+  <si>
+    <t>香港天文台</t>
+  </si>
+  <si>
+    <t>气象</t>
+  </si>
+  <si>
+    <t>每日香港境内云对地闪电总次数</t>
+  </si>
+  <si>
+    <t>提供每日香港境内云对地闪电总次数资料</t>
+  </si>
+  <si>
+    <t>每日香港境内云间闪电总次数</t>
+  </si>
+  <si>
+    <t>提供每日香港境内云间闪电总次数资料</t>
+  </si>
+  <si>
+    <t>每月总可能蒸散量</t>
+  </si>
+  <si>
+    <t>提供每月总可能蒸散量资料</t>
+  </si>
+  <si>
+    <t>香港消防处</t>
+  </si>
+  <si>
+    <t>持牌加油站</t>
+  </si>
+  <si>
+    <t>持牌加油站的位置</t>
+  </si>
+  <si>
+    <t>设有持牌危险品仓库的大厦</t>
+  </si>
+  <si>
+    <t>设有持牌危险品仓库的大厦名单</t>
+  </si>
+  <si>
+    <t>香港金融管理局</t>
+  </si>
+  <si>
+    <t>稳定币发行人纪录册</t>
+  </si>
+  <si>
+    <t>稳定币发行人在香港的主要业务地址</t>
+  </si>
+  <si>
+    <t>已评级历史建筑的三维数码模型</t>
+  </si>
+  <si>
+    <t>单体化的已评级历史建筑的三维数码模型是一组具有几何数据、纹理影像、外观和位置的数据。这些模型是根据 2017 年至 2025 年期间取得的点云数据和小型无人机 (SUA) 拍摄的航空拍照片制作出来的。</t>
+  </si>
+  <si>
+    <t>12/2027</t>
+  </si>
+  <si>
+    <t>历史地图 – 香港 （1958）</t>
+  </si>
+  <si>
+    <t>显示1958年香港全景的历史地图。</t>
+  </si>
+  <si>
+    <t>06/2027</t>
+  </si>
+  <si>
+    <t>显示1960年香港全景的历史地图。</t>
+  </si>
+  <si>
+    <t>屋宇署柜枱服务</t>
+  </si>
+  <si>
+    <t>柜枱服务地点及开放时间</t>
+  </si>
+  <si>
+    <t>08/2027</t>
+  </si>
+  <si>
+    <t>物业市场统计数据 - 私人住宅 - 各区域不同类别单位拆卸量</t>
+  </si>
+  <si>
+    <t>各区域不同类别私人住宅单位拆卸量的统计数据。</t>
+  </si>
+  <si>
+    <t>12/2028</t>
+  </si>
+  <si>
+    <t>物业市场统计数据 - 私人住宅 - 各区域拆卸量</t>
+  </si>
+  <si>
+    <t>各区域私人住宅单位拆卸量的统计数据。</t>
+  </si>
+  <si>
+    <t>物业市场统计资料 - 私人住宅 - 各类单位拆卸量</t>
+  </si>
+  <si>
+    <t>各类私人住宅单位拆卸量的统计数据。</t>
+  </si>
+  <si>
+    <t>物业市场统计资料 - 私人写字楼 - 各区域不同级别拆卸量</t>
+  </si>
+  <si>
+    <t>各区域不同级别私人写字楼拆卸量的统计数据。</t>
+  </si>
+  <si>
+    <t>物业市场统计资料 - 私人写字楼 - 各区域拆卸量</t>
+  </si>
+  <si>
+    <t>各区域私人写字楼拆卸量的统计数据。</t>
+  </si>
+  <si>
+    <t>物业市场统计资料 - 私人写字楼 - 各级别拆卸量</t>
+  </si>
+  <si>
+    <t>各级别私人写字楼拆卸量的统计数据。</t>
+  </si>
+  <si>
+    <t>「香港记忆」中含地理标记的资料</t>
+  </si>
+  <si>
+    <t>「香港记忆」经数码化的历史和文化资料中，包含地理资讯的项目。</t>
+  </si>
+  <si>
+    <t>最佳园林大奖 – 私人物业</t>
+  </si>
+  <si>
+    <t>得奖私人物业位置</t>
+  </si>
+  <si>
+    <t>07/2027</t>
+  </si>
+  <si>
+    <t>每两至三年</t>
+  </si>
+  <si>
+    <t>康文署负责养护的路旁树木资料</t>
+  </si>
+  <si>
+    <t>社區園圃計劃</t>
+  </si>
+  <si>
+    <t>社區園圃位置</t>
+  </si>
+  <si>
+    <t>赏花好去处</t>
+  </si>
+  <si>
+    <t>介绍康文署场地常见的显花树木及观赏地点的XY坐标</t>
+  </si>
+  <si>
+    <t>公共屋邨位置及资料 – 房委会停车场</t>
+  </si>
+  <si>
+    <t>房委会停车场资料包括停车场名称、位置、及车位数目。</t>
+  </si>
+  <si>
+    <t>10/2027</t>
+  </si>
+  <si>
+    <t>出售居者有其屋计划(居屋)单位2025的成交记录</t>
+  </si>
+  <si>
+    <t>出售居者有其屋计划(居屋)单位2026的成交记录</t>
+  </si>
+  <si>
+    <t>出售居者有其屋计划(居屋)单位2027的成交记录</t>
+  </si>
+  <si>
+    <t>單位成交記錄資料。</t>
+  </si>
+  <si>
+    <t>出售绿表置居计划单位(绿置居)2025的成交记录</t>
+  </si>
+  <si>
+    <t>出售绿表置居计划单位(绿置居)2026的成交记录</t>
+  </si>
+  <si>
+    <t>出售绿表置居计划单位(绿置居)2027的成交记录</t>
+  </si>
+  <si>
+    <t>2026 年人口普查（各地区统计数字及分界）</t>
+  </si>
+  <si>
+    <t>此2026年人口普查数据集包含在2026年居于各个区议会分区、区议会地方选区、小规划统计区（大合并组）、小规划统计区（小合并组）、单元区（大合并组）、单元区（小合并组）、主要屋苑、以及新市镇的香港人口有关人口、住户、教育、经济、房屋及内部迁移特征的统计数字。此数据集亦包含各地区的分界。</t>
+  </si>
+  <si>
+    <t>03/2028</t>
+  </si>
+  <si>
+    <t>已获发《建筑物能源效益条例》遵行规定表格的处所</t>
+  </si>
+  <si>
+    <t>已获注册能源效益评核人签发《建筑物能源效益条例》遵行规定表格的处所和相关资料</t>
+  </si>
+  <si>
+    <t>「地区服务及关爱队伍」(「关爱队」）的概要资料</t>
+  </si>
+  <si>
+    <t>全港各小区「关爱队」的分界图、联络途径、承办团体、伙伴团体、队长、副队长及成员名单。</t>
+  </si>
+  <si>
+    <t>02/2027</t>
+  </si>
+  <si>
+    <t>进行中的海事工程</t>
+  </si>
+  <si>
+    <t>进行中的海事工程位置</t>
+  </si>
+  <si>
+    <t>避风碇泊处</t>
+  </si>
+  <si>
+    <t>避风碇泊处位置</t>
+  </si>
+  <si>
+    <t>锚地</t>
+  </si>
+  <si>
+    <t>锚地位置</t>
+  </si>
+  <si>
+    <t>美化及绿化渠务署设施</t>
+  </si>
+  <si>
+    <t>美化及绿化渠务署设施 (发放日期由12/2025改为03/2027)</t>
+  </si>
+  <si>
+    <t>03/2027</t>
+  </si>
+  <si>
+    <t>于堆填区弃置的固体废物来源－按区域及主要废物类别划分</t>
+  </si>
+  <si>
+    <t>每年于堆填区弃置的固体废物（按区域及废物类别划分）的细项弃置量，包括(i)家居废物，(ii)工商业废物，(iii)都市固体废物及(iv)整体建筑废物。</t>
+  </si>
+  <si>
+    <t>废物转运站及堆填区所接收的固体废物总量－按主要废物类别划分</t>
+  </si>
+  <si>
+    <t>每年于废物转运站及堆填区弃置的固体废物（按废物类别划分）的细项弃置量，包括(i)都市固体废物，(ii)整体建筑废物，(iii)特殊废物及(iv)所有废物类别。</t>
+  </si>
+  <si>
+    <t>污水收集整体计划检讨</t>
+  </si>
+  <si>
+    <t>各个污水收集整体计划检讨的覆盖范围及完成时间</t>
   </si>
   <si>
     <t>香港回收再造公司名录</t>
   </si>
   <si>
     <t xml:space="preserve">香港回收或再造公司名单
 （声明：香港特别行政区政府并不保证或担保本名录的准确性或完整性，以及名单中的机构并不代表为香港特别行政区政府所认可的机构。）</t>
   </si>
   <si>
+    <t>香港水质管制区地图</t>
+  </si>
+  <si>
+    <t>香港水质管制区地图（备注：请参阅环保署网页刊登的宪报地图：https://www.epd.gov.hk/epd/sc_chi/environmentinhk/water/hkwqrc/map/watercontrolzone.html）</t>
+  </si>
+  <si>
+    <t>为低收入家庭护老者提供生活津贴计划认可服务单位名单</t>
+  </si>
+  <si>
+    <t>营办机构名称、认可服务单位名称、地址及查询电话号码</t>
+  </si>
+  <si>
+    <t>为低收入的残疾人士照顾者提供生活津贴计划认可服务单位名单</t>
+  </si>
+  <si>
     <t>新市镇分界（2026人口普查）</t>
   </si>
   <si>
     <t>二零二六年人口普查所采用的新市镇之多边形界线。</t>
   </si>
   <si>
     <t>每五年</t>
   </si>
   <si>
     <t>小规划统计区及单元区的界线（2026人口普查）</t>
   </si>
   <si>
     <t>二零二六年人口普查所采用的小规划统计区及单元区之多边形界线。</t>
   </si>
   <si>
-    <t>加建隔音屏障工程</t>
-[...25 lines deleted...]
-  <si>
     <t>2027年区议会一般选举 地区委员会界别选民数字</t>
   </si>
   <si>
     <t>2027年区议会一般选举 选举结果</t>
   </si>
   <si>
     <t>2027年区议会一般选举 选举结果(同类数据集经已在往年发放)</t>
   </si>
   <si>
     <t>2027年选民登记数字</t>
   </si>
   <si>
     <t>2027年选民登记数字(地方选区) (同类数据集经已在往年发放)</t>
   </si>
   <si>
     <t>11/2027</t>
   </si>
   <si>
-    <t>登记食物进口商和登记食物分销商登记册</t>
-[...68 lines deleted...]
-    <t>香港科学园3D 建筑物单位 (只限公众可达楼层)</t>
+    <t>2028年选民登记数字</t>
+  </si>
+  <si>
+    <t>2028年选民登记数字(地方选区) (同类数据集经已在往年发放)</t>
+  </si>
+  <si>
+    <t>11/2028</t>
+  </si>
+  <si>
+    <t>6个月、12个月及24个月标准化降水指数(SPI)</t>
+  </si>
+  <si>
+    <t>提供6个月、12个月及24个月标准化降水指数(SPI)资料</t>
+  </si>
+  <si>
+    <t>06/2028</t>
+  </si>
+  <si>
+    <t>每月热度日(HDD)及冷度日(CDD)</t>
+  </si>
+  <si>
+    <t>提供每月热度日(HDD)及冷度日(CDD)资料</t>
+  </si>
+  <si>
+    <t>于2024年12月12日或之前根据第502章消防安全（商业处所）条例发出消防安全指示/改善消防安全指示的楼宇/处所 - 指明商业建筑物</t>
+  </si>
+  <si>
+    <t>于2024年12月12日或之前根据第502章消防安全（商业处所）条例发出消防安全指示/改善消防安全指示的楼宇/处所 - 指明商业建筑物的地址</t>
+  </si>
+  <si>
+    <t>于2024年12月12日或之前根据第502章消防安全（商业处所）条例发出消防安全指示的楼宇/处所 - 订明商业处所</t>
+  </si>
+  <si>
+    <t>根据消防安全(商业处所)条例(第502章)在2024年12月12日前已发出消防安全指示的订明商业处所的地址与类别</t>
+  </si>
+  <si>
+    <t>于2024年12月12日或之前根据第572章消防安全（建筑物）条例发出消防安全指示的楼宇</t>
+  </si>
+  <si>
+    <t>于2024年12月12日或之前根据第572章消防安全（建筑物）条例发出消防安全指示的楼宇地址</t>
   </si>
   <si>
     <t>医院管理局</t>
   </si>
   <si>
     <t>医院管理局辖下「思觉失调」服务中心目录</t>
   </si>
   <si>
     <t>医院管理局辖下「思觉失调」服务中心的地理资讯资料。</t>
   </si>
   <si>
     <t>医院管理局辖下戒烟辅导中心目录</t>
   </si>
   <si>
     <t>医院管理局辖下戒烟辅导中心的地理资讯资料。</t>
   </si>
   <si>
     <t>医院管理局辖下疗养单位目录</t>
   </si>
   <si>
     <t>医院管理局辖下疗养单位的地理资讯资料。</t>
   </si>
   <si>
     <t>医院管理局辖下病人资源中心目录</t>
   </si>
   <si>
     <t>医院管理局辖下病人资源中心的地理资讯资料。</t>
   </si>
   <si>
-    <t>按专职医疗部门及诊所划分的专职医疗(门诊)就诊人次</t>
-[...4 lines deleted...]
-  <si>
     <t>按医院划分的选定内窥镜程序的统计数字</t>
   </si>
   <si>
     <t>本数据集备有医院管理局辖下医院的按医院划分的选定内窥镜程序及地理位置。</t>
   </si>
   <si>
+    <t>流动捐血车</t>
+  </si>
+  <si>
+    <t>流动捐血车的地理位置及服务时间</t>
+  </si>
+  <si>
     <t>病人组织目录</t>
   </si>
   <si>
     <t>病人组织的地理资讯资料。</t>
   </si>
   <si>
-    <t>教育局</t>
-[...10 lines deleted...]
-  <si>
     <t>选举管理委员会</t>
   </si>
   <si>
-    <t>2025年立法会换届选举地方选区分界</t>
-[...8 lines deleted...]
-    <t>本港领有酒牌的处所名单</t>
+    <t>2027年区议会一般选举区议会地方选区分界</t>
+  </si>
+  <si>
+    <t>2027年区议会一般选举区议会地方选区分界(此数据集由选举管理委员会拥有及发放。)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
     </font>
     <font>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1698,51 +1507,51 @@
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:B1"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="20" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>2</v>
       </c>
       <c r="B1" t="s">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:G157"/>
+  <dimension ref="A1:G145"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="bottomRight" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="7" width="20" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="E1" s="1" t="s">
@@ -1758,3611 +1567,3335 @@
     <row r="2" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="D3" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="E3" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F3" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="D4" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="E4" s="2" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C5" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D5" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="E5" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F5" s="2" t="s">
         <v>26</v>
-      </c>
-[...7 lines deleted...]
-        <v>16</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="C6" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D6" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="E6" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="B6" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C6" s="2" t="s">
+      <c r="F6" s="2" t="s">
         <v>30</v>
-      </c>
-[...7 lines deleted...]
-        <v>33</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="D7" s="2" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="E7" s="2" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="B8" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="C8" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="B8" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E8" s="2" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G8" s="2" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="B9" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C9" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="E9" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F9" s="2" t="s">
         <v>41</v>
-      </c>
-[...13 lines deleted...]
-        <v>44</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A10" s="2" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="D10" s="2" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="E10" s="2" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A11" s="2" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="D11" s="2" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="E11" s="2" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="G11" s="2" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A12" s="2" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D12" s="2" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="E12" s="2" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A13" s="2" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="D13" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="E13" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="E13" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F13" s="2" t="s">
-        <v>50</v>
+        <v>26</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A14" s="2" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="D14" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="E14" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="E14" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F14" s="2" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="G14" s="2" t="s">
-        <v>40</v>
+        <v>51</v>
       </c>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A15" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="B15" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C15" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="E15" s="2" t="s">
         <v>58</v>
       </c>
-      <c r="B15" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F15" s="2" t="s">
-        <v>44</v>
+        <v>16</v>
       </c>
       <c r="G15" s="2" t="s">
-        <v>40</v>
+        <v>51</v>
       </c>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A16" s="2" t="s">
-        <v>58</v>
+        <v>47</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="D16" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="D16" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E16" s="2" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="G16" s="2" t="s">
-        <v>40</v>
+        <v>51</v>
       </c>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
-        <v>58</v>
+        <v>47</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="D17" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="E17" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="F17" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="E17" s="2" t="s">
+      <c r="G17" s="2" t="s">
         <v>65</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="18" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A18" s="2" t="s">
         <v>66</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>23</v>
+        <v>67</v>
       </c>
       <c r="D18" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E18" s="2" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="G18" s="2" t="s">
-        <v>17</v>
+        <v>70</v>
       </c>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
         <v>66</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>23</v>
+        <v>67</v>
       </c>
       <c r="D19" s="2" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="E19" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="F19" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="G19" s="2" t="s">
         <v>70</v>
-      </c>
-[...4 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A20" s="2" t="s">
         <v>66</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>23</v>
+        <v>67</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>73</v>
       </c>
       <c r="E20" s="2" t="s">
         <v>74</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>71</v>
+        <v>30</v>
       </c>
       <c r="G20" s="2" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="B21" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C21" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="D21" s="2" t="s">
         <v>75</v>
       </c>
-      <c r="B21" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C21" s="2" t="s">
+      <c r="E21" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="F21" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="D21" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G21" s="2" t="s">
-        <v>40</v>
+        <v>70</v>
       </c>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A22" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>78</v>
       </c>
       <c r="E22" s="2" t="s">
         <v>79</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>44</v>
+        <v>80</v>
       </c>
       <c r="G22" s="2" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
     </row>
     <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" s="2" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C23" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="E23" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="F23" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="D23" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G23" s="2" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
     </row>
     <row r="24" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A24" s="2" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C24" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="E24" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="F24" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="D24" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G24" s="2" t="s">
-        <v>40</v>
+        <v>70</v>
       </c>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A25" s="2" t="s">
-        <v>75</v>
+        <v>87</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C25" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="E25" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="F25" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="D25" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G25" s="2" t="s">
-        <v>72</v>
+        <v>17</v>
       </c>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A26" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="D26" s="2" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="E26" s="2" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
       <c r="G26" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A27" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>37</v>
+        <v>92</v>
       </c>
       <c r="D27" s="2" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="E27" s="2" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
       <c r="G27" s="2" t="s">
-        <v>40</v>
+        <v>70</v>
       </c>
     </row>
     <row r="28" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A28" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D28" s="2" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="E28" s="2" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>44</v>
+        <v>16</v>
       </c>
       <c r="G28" s="2" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
     </row>
     <row r="29" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A29" s="2" t="s">
-        <v>94</v>
+        <v>87</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C29" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="D29" s="2" t="s">
         <v>95</v>
       </c>
-      <c r="D29" s="2" t="s">
+      <c r="E29" s="2" t="s">
         <v>96</v>
       </c>
-      <c r="E29" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F29" s="2" t="s">
-        <v>98</v>
+        <v>30</v>
       </c>
       <c r="G29" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="30" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A30" s="2" t="s">
-        <v>94</v>
+        <v>87</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="D30" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="E30" s="2" t="s">
         <v>99</v>
       </c>
-      <c r="E30" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F30" s="2" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="G30" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="31" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A31" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="B31" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C31" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="D31" s="2" t="s">
         <v>101</v>
       </c>
-      <c r="B31" s="2" t="s">
-[...5 lines deleted...]
-      <c r="D31" s="2" t="s">
+      <c r="E31" s="2" t="s">
         <v>102</v>
       </c>
-      <c r="E31" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F31" s="2" t="s">
-        <v>16</v>
+        <v>41</v>
       </c>
       <c r="G31" s="2" t="s">
-        <v>72</v>
+        <v>17</v>
       </c>
     </row>
     <row r="32" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A32" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="B32" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C32" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="D32" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="E32" s="2" t="s">
         <v>104</v>
       </c>
-      <c r="B32" s="2" t="s">
-[...5 lines deleted...]
-      <c r="D32" s="2" t="s">
+      <c r="F32" s="2" t="s">
         <v>105</v>
       </c>
-      <c r="E32" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G32" s="2" t="s">
-        <v>51</v>
+        <v>17</v>
       </c>
     </row>
     <row r="33" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A33" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="B33" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C33" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="D33" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="E33" s="2" t="s">
         <v>107</v>
       </c>
-      <c r="B33" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F33" s="2" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="G33" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="34" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A34" s="2" t="s">
-        <v>107</v>
+        <v>100</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>13</v>
+        <v>82</v>
       </c>
       <c r="D34" s="2" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="E34" s="2" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="G34" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="35" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A35" s="2" t="s">
-        <v>107</v>
+        <v>100</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>113</v>
+        <v>82</v>
       </c>
       <c r="D35" s="2" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="E35" s="2" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>116</v>
+        <v>105</v>
       </c>
       <c r="G35" s="2" t="s">
-        <v>72</v>
+        <v>17</v>
       </c>
     </row>
     <row r="36" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A36" s="2" t="s">
-        <v>107</v>
+        <v>100</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C36" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="D36" s="2" t="s">
+        <v>112</v>
+      </c>
+      <c r="E36" s="2" t="s">
         <v>113</v>
       </c>
-      <c r="D36" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F36" s="2" t="s">
-        <v>116</v>
+        <v>26</v>
       </c>
       <c r="G36" s="2" t="s">
-        <v>72</v>
+        <v>51</v>
       </c>
     </row>
     <row r="37" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A37" s="2" t="s">
-        <v>107</v>
+        <v>100</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C37" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="D37" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="E37" s="2" t="s">
         <v>113</v>
       </c>
-      <c r="D37" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F37" s="2" t="s">
-        <v>116</v>
+        <v>26</v>
       </c>
       <c r="G37" s="2" t="s">
-        <v>72</v>
+        <v>51</v>
       </c>
     </row>
     <row r="38" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A38" s="2" t="s">
-        <v>107</v>
+        <v>100</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C38" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="D38" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="E38" s="2" t="s">
         <v>113</v>
       </c>
-      <c r="D38" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F38" s="2" t="s">
-        <v>116</v>
+        <v>26</v>
       </c>
       <c r="G38" s="2" t="s">
-        <v>72</v>
+        <v>51</v>
       </c>
     </row>
     <row r="39" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A39" s="2" t="s">
-        <v>121</v>
+        <v>100</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C39" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="D39" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="E39" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="F39" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="D39" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G39" s="2" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
     </row>
     <row r="40" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A40" s="2" t="s">
-        <v>124</v>
+        <v>100</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>125</v>
+        <v>82</v>
       </c>
       <c r="D40" s="2" t="s">
-        <v>126</v>
+        <v>117</v>
       </c>
       <c r="E40" s="2" t="s">
-        <v>127</v>
+        <v>113</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="G40" s="2" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
     </row>
     <row r="41" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A41" s="2" t="s">
-        <v>124</v>
+        <v>100</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>128</v>
+        <v>82</v>
       </c>
       <c r="D41" s="2" t="s">
-        <v>129</v>
+        <v>118</v>
       </c>
       <c r="E41" s="2" t="s">
-        <v>130</v>
+        <v>113</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="G41" s="2" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
     </row>
     <row r="42" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A42" s="2" t="s">
-        <v>124</v>
+        <v>100</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>128</v>
+        <v>82</v>
       </c>
       <c r="D42" s="2" t="s">
-        <v>131</v>
+        <v>119</v>
       </c>
       <c r="E42" s="2" t="s">
-        <v>132</v>
+        <v>113</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>50</v>
+        <v>105</v>
       </c>
       <c r="G42" s="2" t="s">
-        <v>17</v>
+        <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A43" s="2" t="s">
-        <v>124</v>
+        <v>100</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>128</v>
+        <v>82</v>
       </c>
       <c r="D43" s="2" t="s">
-        <v>133</v>
+        <v>121</v>
       </c>
       <c r="E43" s="2" t="s">
-        <v>134</v>
+        <v>113</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>50</v>
+        <v>26</v>
       </c>
       <c r="G43" s="2" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
     </row>
     <row r="44" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A44" s="2" t="s">
-        <v>124</v>
+        <v>100</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>128</v>
+        <v>82</v>
       </c>
       <c r="D44" s="2" t="s">
-        <v>135</v>
+        <v>122</v>
       </c>
       <c r="E44" s="2" t="s">
-        <v>136</v>
+        <v>113</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>50</v>
+        <v>26</v>
       </c>
       <c r="G44" s="2" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
     </row>
     <row r="45" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A45" s="2" t="s">
-        <v>124</v>
+        <v>100</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>128</v>
+        <v>82</v>
       </c>
       <c r="D45" s="2" t="s">
-        <v>137</v>
+        <v>123</v>
       </c>
       <c r="E45" s="2" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="G45" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="46" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A46" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="B46" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C46" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="D46" s="2" t="s">
         <v>124</v>
       </c>
-      <c r="B46" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E46" s="2" t="s">
-        <v>140</v>
+        <v>113</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>50</v>
+        <v>26</v>
       </c>
       <c r="G46" s="2" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
     </row>
     <row r="47" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A47" s="2" t="s">
-        <v>124</v>
+        <v>100</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>128</v>
+        <v>82</v>
       </c>
       <c r="D47" s="2" t="s">
-        <v>141</v>
+        <v>125</v>
       </c>
       <c r="E47" s="2" t="s">
-        <v>142</v>
+        <v>113</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>50</v>
+        <v>26</v>
       </c>
       <c r="G47" s="2" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
     </row>
     <row r="48" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A48" s="2" t="s">
-        <v>124</v>
+        <v>100</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>128</v>
+        <v>82</v>
       </c>
       <c r="D48" s="2" t="s">
-        <v>143</v>
+        <v>126</v>
       </c>
       <c r="E48" s="2" t="s">
-        <v>144</v>
+        <v>113</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>50</v>
+        <v>26</v>
       </c>
       <c r="G48" s="2" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
     </row>
     <row r="49" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A49" s="2" t="s">
-        <v>124</v>
+        <v>100</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>128</v>
+        <v>82</v>
       </c>
       <c r="D49" s="2" t="s">
-        <v>145</v>
+        <v>127</v>
       </c>
       <c r="E49" s="2" t="s">
-        <v>146</v>
+        <v>113</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="G49" s="2" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
     </row>
     <row r="50" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A50" s="2" t="s">
-        <v>147</v>
+        <v>100</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>148</v>
+        <v>82</v>
       </c>
       <c r="D50" s="2" t="s">
-        <v>149</v>
+        <v>128</v>
       </c>
       <c r="E50" s="2" t="s">
-        <v>150</v>
+        <v>129</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="G50" s="2" t="s">
-        <v>17</v>
+        <v>120</v>
       </c>
     </row>
     <row r="51" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A51" s="2" t="s">
-        <v>147</v>
+        <v>100</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>151</v>
+        <v>82</v>
       </c>
       <c r="D51" s="2" t="s">
-        <v>152</v>
+        <v>130</v>
       </c>
       <c r="E51" s="2" t="s">
-        <v>153</v>
+        <v>131</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>50</v>
+        <v>132</v>
       </c>
       <c r="G51" s="2" t="s">
-        <v>17</v>
+        <v>70</v>
       </c>
     </row>
     <row r="52" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A52" s="2" t="s">
-        <v>147</v>
+        <v>100</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C52" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="D52" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="E52" s="2" t="s">
         <v>113</v>
       </c>
-      <c r="D52" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F52" s="2" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="G52" s="2" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
     </row>
     <row r="53" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A53" s="2" t="s">
-        <v>147</v>
+        <v>134</v>
       </c>
       <c r="B53" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>26</v>
+        <v>135</v>
       </c>
       <c r="D53" s="2" t="s">
-        <v>156</v>
+        <v>136</v>
       </c>
       <c r="E53" s="2" t="s">
-        <v>157</v>
+        <v>137</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>33</v>
+        <v>138</v>
       </c>
       <c r="G53" s="2" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
     </row>
     <row r="54" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A54" s="2" t="s">
-        <v>147</v>
+        <v>139</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>26</v>
+        <v>140</v>
       </c>
       <c r="D54" s="2" t="s">
-        <v>158</v>
+        <v>141</v>
       </c>
       <c r="E54" s="2" t="s">
-        <v>159</v>
+        <v>142</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>16</v>
+        <v>138</v>
       </c>
       <c r="G54" s="2" t="s">
-        <v>17</v>
+        <v>120</v>
       </c>
     </row>
     <row r="55" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A55" s="2" t="s">
-        <v>147</v>
+        <v>139</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>26</v>
+        <v>140</v>
       </c>
       <c r="D55" s="2" t="s">
-        <v>160</v>
+        <v>143</v>
       </c>
       <c r="E55" s="2" t="s">
-        <v>161</v>
+        <v>142</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>16</v>
+        <v>138</v>
       </c>
       <c r="G55" s="2" t="s">
-        <v>17</v>
+        <v>120</v>
       </c>
     </row>
     <row r="56" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A56" s="2" t="s">
-        <v>147</v>
+        <v>139</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>37</v>
+        <v>140</v>
       </c>
       <c r="D56" s="2" t="s">
-        <v>162</v>
+        <v>144</v>
       </c>
       <c r="E56" s="2" t="s">
-        <v>163</v>
+        <v>145</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G56" s="2" t="s">
-        <v>17</v>
+        <v>120</v>
       </c>
     </row>
     <row r="57" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A57" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="B57" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="C57" s="2" t="s">
+        <v>146</v>
+      </c>
+      <c r="D57" s="2" t="s">
         <v>147</v>
       </c>
-      <c r="B57" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E57" s="2" t="s">
-        <v>165</v>
+        <v>148</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="G57" s="2" t="s">
-        <v>17</v>
+        <v>149</v>
       </c>
     </row>
     <row r="58" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A58" s="2" t="s">
-        <v>147</v>
+        <v>139</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>37</v>
+        <v>146</v>
       </c>
       <c r="D58" s="2" t="s">
-        <v>166</v>
+        <v>150</v>
       </c>
       <c r="E58" s="2" t="s">
-        <v>167</v>
+        <v>151</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>44</v>
+        <v>105</v>
       </c>
       <c r="G58" s="2" t="s">
-        <v>40</v>
+        <v>70</v>
       </c>
     </row>
     <row r="59" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A59" s="2" t="s">
-        <v>147</v>
+        <v>139</v>
       </c>
       <c r="B59" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>37</v>
+        <v>146</v>
       </c>
       <c r="D59" s="2" t="s">
-        <v>168</v>
+        <v>152</v>
       </c>
       <c r="E59" s="2" t="s">
-        <v>169</v>
+        <v>153</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>170</v>
+        <v>105</v>
       </c>
       <c r="G59" s="2" t="s">
-        <v>17</v>
+        <v>149</v>
       </c>
     </row>
     <row r="60" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A60" s="2" t="s">
-        <v>171</v>
+        <v>139</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>26</v>
+        <v>146</v>
       </c>
       <c r="D60" s="2" t="s">
-        <v>172</v>
+        <v>154</v>
       </c>
       <c r="E60" s="2" t="s">
-        <v>173</v>
+        <v>155</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="G60" s="2" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
     </row>
     <row r="61" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A61" s="2" t="s">
-        <v>171</v>
+        <v>139</v>
       </c>
       <c r="B61" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>37</v>
+        <v>146</v>
       </c>
       <c r="D61" s="2" t="s">
-        <v>174</v>
+        <v>156</v>
       </c>
       <c r="E61" s="2" t="s">
-        <v>175</v>
+        <v>157</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="G61" s="2" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
     </row>
     <row r="62" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A62" s="2" t="s">
-        <v>171</v>
+        <v>139</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>37</v>
+        <v>146</v>
       </c>
       <c r="D62" s="2" t="s">
-        <v>176</v>
+        <v>158</v>
       </c>
       <c r="E62" s="2" t="s">
-        <v>176</v>
+        <v>159</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
       <c r="G62" s="2" t="s">
-        <v>40</v>
+        <v>70</v>
       </c>
     </row>
     <row r="63" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A63" s="2" t="s">
-        <v>177</v>
+        <v>139</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>37</v>
+        <v>146</v>
       </c>
       <c r="D63" s="2" t="s">
-        <v>178</v>
+        <v>160</v>
       </c>
       <c r="E63" s="2" t="s">
-        <v>179</v>
+        <v>161</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>44</v>
+        <v>105</v>
       </c>
       <c r="G63" s="2" t="s">
-        <v>17</v>
+        <v>120</v>
       </c>
     </row>
     <row r="64" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A64" s="2" t="s">
-        <v>177</v>
+        <v>162</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>37</v>
+        <v>77</v>
       </c>
       <c r="D64" s="2" t="s">
-        <v>180</v>
+        <v>163</v>
       </c>
       <c r="E64" s="2" t="s">
-        <v>181</v>
+        <v>164</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>44</v>
+        <v>16</v>
       </c>
       <c r="G64" s="2" t="s">
-        <v>182</v>
+        <v>17</v>
       </c>
     </row>
     <row r="65" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A65" s="2" t="s">
-        <v>177</v>
+        <v>162</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>37</v>
+        <v>77</v>
       </c>
       <c r="D65" s="2" t="s">
-        <v>183</v>
+        <v>165</v>
       </c>
       <c r="E65" s="2" t="s">
-        <v>184</v>
+        <v>166</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>44</v>
+        <v>138</v>
       </c>
       <c r="G65" s="2" t="s">
-        <v>185</v>
+        <v>167</v>
       </c>
     </row>
     <row r="66" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A66" s="2" t="s">
-        <v>177</v>
+        <v>168</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>37</v>
+        <v>169</v>
       </c>
       <c r="D66" s="2" t="s">
-        <v>186</v>
+        <v>170</v>
       </c>
       <c r="E66" s="2" t="s">
-        <v>187</v>
+        <v>171</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
       <c r="G66" s="2" t="s">
-        <v>185</v>
+        <v>17</v>
       </c>
     </row>
     <row r="67" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A67" s="2" t="s">
-        <v>177</v>
+        <v>168</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>37</v>
+        <v>169</v>
       </c>
       <c r="D67" s="2" t="s">
-        <v>188</v>
+        <v>172</v>
       </c>
       <c r="E67" s="2" t="s">
-        <v>189</v>
+        <v>173</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
       <c r="G67" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="68" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A68" s="2" t="s">
-        <v>190</v>
+        <v>174</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>113</v>
+        <v>23</v>
       </c>
       <c r="D68" s="2" t="s">
-        <v>191</v>
+        <v>175</v>
       </c>
       <c r="E68" s="2" t="s">
-        <v>191</v>
+        <v>176</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>50</v>
+        <v>26</v>
       </c>
       <c r="G68" s="2" t="s">
-        <v>192</v>
+        <v>17</v>
       </c>
     </row>
     <row r="69" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A69" s="2" t="s">
-        <v>190</v>
+        <v>174</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>113</v>
+        <v>38</v>
       </c>
       <c r="D69" s="2" t="s">
-        <v>193</v>
+        <v>177</v>
       </c>
       <c r="E69" s="2" t="s">
-        <v>193</v>
+        <v>178</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>50</v>
+        <v>138</v>
       </c>
       <c r="G69" s="2" t="s">
-        <v>192</v>
+        <v>17</v>
       </c>
     </row>
     <row r="70" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A70" s="2" t="s">
-        <v>194</v>
+        <v>174</v>
       </c>
       <c r="B70" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>113</v>
+        <v>146</v>
       </c>
       <c r="D70" s="2" t="s">
-        <v>195</v>
+        <v>179</v>
       </c>
       <c r="E70" s="2" t="s">
-        <v>196</v>
+        <v>180</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>71</v>
+        <v>30</v>
       </c>
       <c r="G70" s="2" t="s">
-        <v>40</v>
+        <v>70</v>
       </c>
     </row>
     <row r="71" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A71" s="2" t="s">
-        <v>197</v>
+        <v>181</v>
       </c>
       <c r="B71" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="D71" s="2" t="s">
-        <v>198</v>
+        <v>182</v>
       </c>
       <c r="E71" s="2" t="s">
-        <v>199</v>
+        <v>183</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>16</v>
+        <v>41</v>
       </c>
       <c r="G71" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="72" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A72" s="2" t="s">
-        <v>197</v>
+        <v>181</v>
       </c>
       <c r="B72" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>13</v>
+        <v>146</v>
       </c>
       <c r="D72" s="2" t="s">
-        <v>200</v>
+        <v>184</v>
       </c>
       <c r="E72" s="2" t="s">
-        <v>201</v>
+        <v>184</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>16</v>
+        <v>41</v>
       </c>
       <c r="G72" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="73" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A73" s="2" t="s">
-        <v>197</v>
+        <v>185</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>13</v>
+        <v>146</v>
       </c>
       <c r="D73" s="2" t="s">
-        <v>202</v>
+        <v>186</v>
       </c>
       <c r="E73" s="2" t="s">
-        <v>203</v>
+        <v>187</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
       <c r="G73" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="74" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A74" s="2" t="s">
-        <v>197</v>
+        <v>188</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="D74" s="2" t="s">
-        <v>204</v>
+        <v>189</v>
       </c>
       <c r="E74" s="2" t="s">
-        <v>205</v>
+        <v>190</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G74" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="75" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A75" s="2" t="s">
-        <v>197</v>
+        <v>188</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="D75" s="2" t="s">
-        <v>206</v>
+        <v>191</v>
       </c>
       <c r="E75" s="2" t="s">
-        <v>207</v>
+        <v>192</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>44</v>
+        <v>16</v>
       </c>
       <c r="G75" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="76" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A76" s="2" t="s">
-        <v>208</v>
+        <v>193</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>23</v>
+        <v>77</v>
       </c>
       <c r="D76" s="2" t="s">
-        <v>209</v>
+        <v>194</v>
       </c>
       <c r="E76" s="2" t="s">
-        <v>210</v>
+        <v>195</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>110</v>
+        <v>132</v>
       </c>
       <c r="G76" s="2" t="s">
-        <v>40</v>
+        <v>70</v>
       </c>
     </row>
     <row r="77" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A77" s="2" t="s">
-        <v>211</v>
+        <v>196</v>
       </c>
       <c r="B77" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>37</v>
+        <v>169</v>
       </c>
       <c r="D77" s="2" t="s">
-        <v>212</v>
+        <v>197</v>
       </c>
       <c r="E77" s="2" t="s">
-        <v>213</v>
+        <v>198</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>33</v>
+        <v>138</v>
       </c>
       <c r="G77" s="2" t="s">
-        <v>185</v>
+        <v>120</v>
       </c>
     </row>
     <row r="78" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A78" s="2" t="s">
-        <v>211</v>
+        <v>196</v>
       </c>
       <c r="B78" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>37</v>
+        <v>169</v>
       </c>
       <c r="D78" s="2" t="s">
-        <v>214</v>
+        <v>199</v>
       </c>
       <c r="E78" s="2" t="s">
-        <v>215</v>
+        <v>200</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>33</v>
+        <v>138</v>
       </c>
       <c r="G78" s="2" t="s">
-        <v>185</v>
+        <v>120</v>
       </c>
     </row>
     <row r="79" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A79" s="2" t="s">
-        <v>216</v>
+        <v>196</v>
       </c>
       <c r="B79" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>217</v>
+        <v>169</v>
       </c>
       <c r="D79" s="2" t="s">
-        <v>218</v>
+        <v>201</v>
       </c>
       <c r="E79" s="2" t="s">
-        <v>219</v>
+        <v>202</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>44</v>
+        <v>138</v>
       </c>
       <c r="G79" s="2" t="s">
-        <v>17</v>
+        <v>120</v>
       </c>
     </row>
     <row r="80" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A80" s="2" t="s">
-        <v>216</v>
+        <v>203</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>217</v>
+        <v>169</v>
       </c>
       <c r="D80" s="2" t="s">
-        <v>220</v>
+        <v>204</v>
       </c>
       <c r="E80" s="2" t="s">
-        <v>221</v>
+        <v>205</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>222</v>
+        <v>41</v>
       </c>
       <c r="G80" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="81" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A81" s="2" t="s">
-        <v>223</v>
+        <v>203</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>95</v>
+        <v>169</v>
       </c>
       <c r="D81" s="2" t="s">
-        <v>224</v>
+        <v>206</v>
       </c>
       <c r="E81" s="2" t="s">
-        <v>225</v>
+        <v>207</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>98</v>
+        <v>26</v>
       </c>
       <c r="G81" s="2" t="s">
-        <v>192</v>
+        <v>17</v>
       </c>
     </row>
     <row r="82" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A82" s="2" t="s">
-        <v>226</v>
+        <v>208</v>
       </c>
       <c r="B82" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>113</v>
+        <v>209</v>
       </c>
       <c r="D82" s="2" t="s">
-        <v>227</v>
+        <v>210</v>
       </c>
       <c r="E82" s="2" t="s">
-        <v>228</v>
+        <v>211</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>44</v>
+        <v>212</v>
       </c>
       <c r="G82" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="83" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A83" s="2" t="s">
-        <v>226</v>
+        <v>213</v>
       </c>
       <c r="B83" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>113</v>
+        <v>140</v>
       </c>
       <c r="D83" s="2" t="s">
-        <v>229</v>
+        <v>214</v>
       </c>
       <c r="E83" s="2" t="s">
-        <v>230</v>
+        <v>214</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
       <c r="G83" s="2" t="s">
-        <v>17</v>
+        <v>215</v>
       </c>
     </row>
     <row r="84" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A84" s="2" t="s">
-        <v>231</v>
+        <v>213</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>125</v>
+        <v>140</v>
       </c>
       <c r="D84" s="2" t="s">
-        <v>232</v>
+        <v>216</v>
       </c>
       <c r="E84" s="2" t="s">
-        <v>233</v>
+        <v>217</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>50</v>
+        <v>132</v>
       </c>
       <c r="G84" s="2" t="s">
-        <v>72</v>
+        <v>215</v>
       </c>
     </row>
     <row r="85" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A85" s="2" t="s">
-        <v>231</v>
+        <v>218</v>
       </c>
       <c r="B85" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>125</v>
+        <v>219</v>
       </c>
       <c r="D85" s="2" t="s">
-        <v>234</v>
+        <v>220</v>
       </c>
       <c r="E85" s="2" t="s">
-        <v>235</v>
+        <v>221</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>50</v>
+        <v>26</v>
       </c>
       <c r="G85" s="2" t="s">
-        <v>72</v>
+        <v>149</v>
       </c>
     </row>
     <row r="86" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A86" s="2" t="s">
-        <v>231</v>
+        <v>218</v>
       </c>
       <c r="B86" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>125</v>
+        <v>219</v>
       </c>
       <c r="D86" s="2" t="s">
-        <v>236</v>
+        <v>222</v>
       </c>
       <c r="E86" s="2" t="s">
-        <v>237</v>
+        <v>223</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>50</v>
+        <v>26</v>
       </c>
       <c r="G86" s="2" t="s">
-        <v>72</v>
+        <v>149</v>
       </c>
     </row>
     <row r="87" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A87" s="2" t="s">
-        <v>231</v>
+        <v>218</v>
       </c>
       <c r="B87" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>37</v>
+        <v>219</v>
       </c>
       <c r="D87" s="2" t="s">
-        <v>238</v>
+        <v>224</v>
       </c>
       <c r="E87" s="2" t="s">
-        <v>239</v>
+        <v>225</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>50</v>
+        <v>26</v>
       </c>
       <c r="G87" s="2" t="s">
-        <v>240</v>
+        <v>149</v>
       </c>
     </row>
     <row r="88" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A88" s="2" t="s">
-        <v>241</v>
+        <v>226</v>
       </c>
       <c r="B88" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>148</v>
+        <v>140</v>
       </c>
       <c r="D88" s="2" t="s">
-        <v>242</v>
+        <v>227</v>
       </c>
       <c r="E88" s="2" t="s">
-        <v>243</v>
+        <v>228</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
       <c r="G88" s="2" t="s">
-        <v>244</v>
+        <v>120</v>
       </c>
     </row>
     <row r="89" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A89" s="2" t="s">
-        <v>241</v>
+        <v>226</v>
       </c>
       <c r="B89" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>113</v>
+        <v>140</v>
       </c>
       <c r="D89" s="2" t="s">
-        <v>245</v>
+        <v>229</v>
       </c>
       <c r="E89" s="2" t="s">
-        <v>246</v>
+        <v>230</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
       <c r="G89" s="2" t="s">
-        <v>40</v>
+        <v>120</v>
       </c>
     </row>
     <row r="90" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A90" s="2" t="s">
-        <v>247</v>
+        <v>231</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>248</v>
+        <v>140</v>
       </c>
       <c r="D90" s="2" t="s">
-        <v>249</v>
+        <v>232</v>
       </c>
       <c r="E90" s="2" t="s">
-        <v>250</v>
+        <v>233</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="G90" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="91" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A91" s="2" t="s">
-        <v>251</v>
+        <v>37</v>
       </c>
       <c r="B91" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>113</v>
+        <v>38</v>
       </c>
       <c r="D91" s="2" t="s">
-        <v>252</v>
+        <v>234</v>
       </c>
       <c r="E91" s="2" t="s">
-        <v>253</v>
+        <v>235</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>44</v>
+        <v>236</v>
       </c>
       <c r="G91" s="2" t="s">
-        <v>254</v>
+        <v>17</v>
       </c>
     </row>
     <row r="92" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A92" s="2" t="s">
-        <v>255</v>
+        <v>47</v>
       </c>
       <c r="B92" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>148</v>
+        <v>52</v>
       </c>
       <c r="D92" s="2" t="s">
-        <v>256</v>
+        <v>237</v>
       </c>
       <c r="E92" s="2" t="s">
-        <v>257</v>
+        <v>238</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>258</v>
+        <v>239</v>
       </c>
       <c r="G92" s="2" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
     </row>
     <row r="93" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A93" s="2" t="s">
-        <v>259</v>
+        <v>47</v>
       </c>
       <c r="B93" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>148</v>
+        <v>52</v>
       </c>
       <c r="D93" s="2" t="s">
-        <v>260</v>
+        <v>240</v>
       </c>
       <c r="E93" s="2" t="s">
-        <v>261</v>
+        <v>240</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>262</v>
+        <v>239</v>
       </c>
       <c r="G93" s="2" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
     </row>
     <row r="94" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A94" s="2" t="s">
-        <v>259</v>
+        <v>76</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>148</v>
+        <v>77</v>
       </c>
       <c r="D94" s="2" t="s">
-        <v>263</v>
+        <v>241</v>
       </c>
       <c r="E94" s="2" t="s">
-        <v>264</v>
+        <v>242</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>262</v>
+        <v>243</v>
       </c>
       <c r="G94" s="2" t="s">
-        <v>265</v>
+        <v>17</v>
       </c>
     </row>
     <row r="95" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A95" s="2" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>26</v>
+        <v>82</v>
       </c>
       <c r="D95" s="2" t="s">
-        <v>266</v>
+        <v>244</v>
       </c>
       <c r="E95" s="2" t="s">
-        <v>267</v>
+        <v>245</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>268</v>
+        <v>246</v>
       </c>
       <c r="G95" s="2" t="s">
-        <v>17</v>
+        <v>70</v>
       </c>
     </row>
     <row r="96" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A96" s="2" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>26</v>
+        <v>82</v>
       </c>
       <c r="D96" s="2" t="s">
-        <v>269</v>
+        <v>247</v>
       </c>
       <c r="E96" s="2" t="s">
-        <v>270</v>
+        <v>248</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>258</v>
+        <v>246</v>
       </c>
       <c r="G96" s="2" t="s">
-        <v>17</v>
+        <v>70</v>
       </c>
     </row>
     <row r="97" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A97" s="2" t="s">
-        <v>41</v>
+        <v>81</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>47</v>
+        <v>82</v>
       </c>
       <c r="D97" s="2" t="s">
-        <v>271</v>
+        <v>249</v>
       </c>
       <c r="E97" s="2" t="s">
-        <v>272</v>
+        <v>250</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>273</v>
+        <v>246</v>
       </c>
       <c r="G97" s="2" t="s">
-        <v>51</v>
+        <v>70</v>
       </c>
     </row>
     <row r="98" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A98" s="2" t="s">
-        <v>41</v>
+        <v>81</v>
       </c>
       <c r="B98" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>47</v>
+        <v>82</v>
       </c>
       <c r="D98" s="2" t="s">
-        <v>274</v>
+        <v>251</v>
       </c>
       <c r="E98" s="2" t="s">
-        <v>275</v>
+        <v>252</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>273</v>
+        <v>236</v>
       </c>
       <c r="G98" s="2" t="s">
-        <v>51</v>
+        <v>70</v>
       </c>
     </row>
     <row r="99" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A99" s="2" t="s">
-        <v>41</v>
+        <v>81</v>
       </c>
       <c r="B99" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>47</v>
+        <v>82</v>
       </c>
       <c r="D99" s="2" t="s">
-        <v>276</v>
+        <v>253</v>
       </c>
       <c r="E99" s="2" t="s">
-        <v>277</v>
+        <v>254</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>278</v>
+        <v>236</v>
       </c>
       <c r="G99" s="2" t="s">
-        <v>51</v>
+        <v>70</v>
       </c>
     </row>
     <row r="100" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A100" s="2" t="s">
-        <v>41</v>
+        <v>81</v>
       </c>
       <c r="B100" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>47</v>
+        <v>82</v>
       </c>
       <c r="D100" s="2" t="s">
-        <v>279</v>
+        <v>255</v>
       </c>
       <c r="E100" s="2" t="s">
-        <v>279</v>
+        <v>256</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>278</v>
+        <v>236</v>
       </c>
       <c r="G100" s="2" t="s">
-        <v>51</v>
+        <v>70</v>
       </c>
     </row>
     <row r="101" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A101" s="2" t="s">
-        <v>41</v>
+        <v>87</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="D101" s="2" t="s">
-        <v>280</v>
+        <v>257</v>
       </c>
       <c r="E101" s="2" t="s">
-        <v>281</v>
+        <v>258</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>282</v>
+        <v>236</v>
       </c>
       <c r="G101" s="2" t="s">
-        <v>283</v>
+        <v>17</v>
       </c>
     </row>
     <row r="102" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A102" s="2" t="s">
-        <v>66</v>
+        <v>87</v>
       </c>
       <c r="B102" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>23</v>
+        <v>92</v>
       </c>
       <c r="D102" s="2" t="s">
-        <v>284</v>
+        <v>259</v>
       </c>
       <c r="E102" s="2" t="s">
-        <v>285</v>
+        <v>260</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>286</v>
+        <v>261</v>
       </c>
       <c r="G102" s="2" t="s">
-        <v>17</v>
+        <v>262</v>
       </c>
     </row>
     <row r="103" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A103" s="2" t="s">
-        <v>75</v>
+        <v>87</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>30</v>
+        <v>92</v>
       </c>
       <c r="D103" s="2" t="s">
-        <v>287</v>
+        <v>263</v>
       </c>
       <c r="E103" s="2" t="s">
-        <v>288</v>
+        <v>263</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>268</v>
+        <v>236</v>
       </c>
       <c r="G103" s="2" t="s">
-        <v>40</v>
+        <v>70</v>
       </c>
     </row>
     <row r="104" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A104" s="2" t="s">
-        <v>75</v>
+        <v>87</v>
       </c>
       <c r="B104" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>30</v>
+        <v>92</v>
       </c>
       <c r="D104" s="2" t="s">
-        <v>289</v>
+        <v>264</v>
       </c>
       <c r="E104" s="2" t="s">
-        <v>290</v>
+        <v>265</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>268</v>
+        <v>261</v>
       </c>
       <c r="G104" s="2" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
     </row>
     <row r="105" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A105" s="2" t="s">
-        <v>75</v>
+        <v>87</v>
       </c>
       <c r="B105" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>30</v>
+        <v>146</v>
       </c>
       <c r="D105" s="2" t="s">
-        <v>291</v>
+        <v>266</v>
       </c>
       <c r="E105" s="2" t="s">
-        <v>292</v>
+        <v>267</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>268</v>
+        <v>261</v>
       </c>
       <c r="G105" s="2" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
     </row>
     <row r="106" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A106" s="2" t="s">
-        <v>75</v>
+        <v>100</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>30</v>
+        <v>82</v>
       </c>
       <c r="D106" s="2" t="s">
-        <v>293</v>
+        <v>268</v>
       </c>
       <c r="E106" s="2" t="s">
-        <v>294</v>
+        <v>269</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>258</v>
+        <v>270</v>
       </c>
       <c r="G106" s="2" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
     </row>
     <row r="107" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A107" s="2" t="s">
-        <v>75</v>
+        <v>100</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>30</v>
+        <v>82</v>
       </c>
       <c r="D107" s="2" t="s">
-        <v>295</v>
+        <v>271</v>
       </c>
       <c r="E107" s="2" t="s">
-        <v>296</v>
+        <v>113</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>258</v>
+        <v>246</v>
       </c>
       <c r="G107" s="2" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
     </row>
     <row r="108" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A108" s="2" t="s">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>26</v>
+        <v>82</v>
       </c>
       <c r="D108" s="2" t="s">
-        <v>297</v>
+        <v>272</v>
       </c>
       <c r="E108" s="2" t="s">
-        <v>298</v>
+        <v>113</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>258</v>
+        <v>246</v>
       </c>
       <c r="G108" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="109" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A109" s="2" t="s">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>26</v>
+        <v>82</v>
       </c>
       <c r="D109" s="2" t="s">
-        <v>299</v>
+        <v>273</v>
       </c>
       <c r="E109" s="2" t="s">
-        <v>300</v>
+        <v>274</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>258</v>
+        <v>246</v>
       </c>
       <c r="G109" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="110" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A110" s="2" t="s">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>301</v>
+        <v>82</v>
       </c>
       <c r="D110" s="2" t="s">
-        <v>302</v>
+        <v>275</v>
       </c>
       <c r="E110" s="2" t="s">
-        <v>303</v>
+        <v>113</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>304</v>
+        <v>246</v>
       </c>
       <c r="G110" s="2" t="s">
-        <v>305</v>
+        <v>17</v>
       </c>
     </row>
     <row r="111" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A111" s="2" t="s">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>301</v>
+        <v>82</v>
       </c>
       <c r="D111" s="2" t="s">
-        <v>306</v>
+        <v>276</v>
       </c>
       <c r="E111" s="2" t="s">
-        <v>307</v>
+        <v>113</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>304</v>
+        <v>246</v>
       </c>
       <c r="G111" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="112" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A112" s="2" t="s">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>37</v>
+        <v>82</v>
       </c>
       <c r="D112" s="2" t="s">
-        <v>308</v>
+        <v>277</v>
       </c>
       <c r="E112" s="2" t="s">
-        <v>309</v>
+        <v>113</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>304</v>
+        <v>246</v>
       </c>
       <c r="G112" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="113" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A113" s="2" t="s">
-        <v>310</v>
+        <v>134</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>30</v>
+        <v>135</v>
       </c>
       <c r="D113" s="2" t="s">
-        <v>311</v>
+        <v>278</v>
       </c>
       <c r="E113" s="2" t="s">
-        <v>312</v>
+        <v>279</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>313</v>
+        <v>280</v>
       </c>
       <c r="G113" s="2" t="s">
-        <v>40</v>
+        <v>51</v>
       </c>
     </row>
     <row r="114" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A114" s="2" t="s">
-        <v>314</v>
+        <v>139</v>
       </c>
       <c r="B114" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>315</v>
+        <v>146</v>
       </c>
       <c r="D114" s="2" t="s">
-        <v>316</v>
+        <v>281</v>
       </c>
       <c r="E114" s="2" t="s">
-        <v>317</v>
+        <v>282</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>318</v>
+        <v>270</v>
       </c>
       <c r="G114" s="2" t="s">
-        <v>51</v>
+        <v>149</v>
       </c>
     </row>
     <row r="115" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A115" s="2" t="s">
-        <v>104</v>
+        <v>162</v>
       </c>
       <c r="B115" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="D115" s="2" t="s">
-        <v>319</v>
+        <v>283</v>
       </c>
       <c r="E115" s="2" t="s">
-        <v>320</v>
+        <v>284</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>321</v>
+        <v>285</v>
       </c>
       <c r="G115" s="2" t="s">
-        <v>72</v>
+        <v>17</v>
       </c>
     </row>
     <row r="116" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A116" s="2" t="s">
-        <v>104</v>
+        <v>168</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>37</v>
+        <v>169</v>
       </c>
       <c r="D116" s="2" t="s">
-        <v>322</v>
+        <v>286</v>
       </c>
       <c r="E116" s="2" t="s">
-        <v>323</v>
+        <v>287</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>321</v>
+        <v>236</v>
       </c>
       <c r="G116" s="2" t="s">
-        <v>72</v>
+        <v>17</v>
       </c>
     </row>
     <row r="117" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A117" s="2" t="s">
-        <v>104</v>
+        <v>168</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>37</v>
+        <v>169</v>
       </c>
       <c r="D117" s="2" t="s">
-        <v>324</v>
+        <v>288</v>
       </c>
       <c r="E117" s="2" t="s">
-        <v>325</v>
+        <v>289</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>321</v>
+        <v>246</v>
       </c>
       <c r="G117" s="2" t="s">
-        <v>72</v>
+        <v>17</v>
       </c>
     </row>
     <row r="118" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A118" s="2" t="s">
-        <v>104</v>
+        <v>168</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>37</v>
+        <v>169</v>
       </c>
       <c r="D118" s="2" t="s">
-        <v>326</v>
+        <v>290</v>
       </c>
       <c r="E118" s="2" t="s">
-        <v>327</v>
+        <v>291</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>321</v>
+        <v>236</v>
       </c>
       <c r="G118" s="2" t="s">
-        <v>72</v>
+        <v>17</v>
       </c>
     </row>
     <row r="119" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A119" s="2" t="s">
-        <v>104</v>
+        <v>181</v>
       </c>
       <c r="B119" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>37</v>
+        <v>146</v>
       </c>
       <c r="D119" s="2" t="s">
-        <v>328</v>
+        <v>292</v>
       </c>
       <c r="E119" s="2" t="s">
-        <v>329</v>
+        <v>293</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>330</v>
+        <v>294</v>
       </c>
       <c r="G119" s="2" t="s">
-        <v>72</v>
+        <v>17</v>
       </c>
     </row>
     <row r="120" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A120" s="2" t="s">
-        <v>104</v>
+        <v>185</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>37</v>
+        <v>146</v>
       </c>
       <c r="D120" s="2" t="s">
-        <v>331</v>
+        <v>295</v>
       </c>
       <c r="E120" s="2" t="s">
-        <v>332</v>
+        <v>296</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>321</v>
+        <v>246</v>
       </c>
       <c r="G120" s="2" t="s">
-        <v>185</v>
+        <v>70</v>
       </c>
     </row>
     <row r="121" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A121" s="2" t="s">
-        <v>107</v>
+        <v>185</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>13</v>
+        <v>146</v>
       </c>
       <c r="D121" s="2" t="s">
-        <v>333</v>
+        <v>297</v>
       </c>
       <c r="E121" s="2" t="s">
-        <v>334</v>
+        <v>298</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>258</v>
+        <v>246</v>
       </c>
       <c r="G121" s="2" t="s">
-        <v>17</v>
+        <v>70</v>
       </c>
     </row>
     <row r="122" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A122" s="2" t="s">
-        <v>107</v>
+        <v>185</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>23</v>
+        <v>146</v>
       </c>
       <c r="D122" s="2" t="s">
-        <v>335</v>
+        <v>299</v>
       </c>
       <c r="E122" s="2" t="s">
-        <v>336</v>
+        <v>300</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>258</v>
+        <v>236</v>
       </c>
       <c r="G122" s="2" t="s">
-        <v>337</v>
+        <v>17</v>
       </c>
     </row>
     <row r="123" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A123" s="2" t="s">
-        <v>147</v>
+        <v>185</v>
       </c>
       <c r="B123" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>37</v>
+        <v>146</v>
       </c>
       <c r="D123" s="2" t="s">
-        <v>338</v>
+        <v>301</v>
       </c>
       <c r="E123" s="2" t="s">
-        <v>339</v>
+        <v>302</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>258</v>
+        <v>236</v>
       </c>
       <c r="G123" s="2" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
     </row>
     <row r="124" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A124" s="2" t="s">
-        <v>171</v>
+        <v>185</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>47</v>
+        <v>146</v>
       </c>
       <c r="D124" s="2" t="s">
-        <v>340</v>
+        <v>303</v>
       </c>
       <c r="E124" s="2" t="s">
-        <v>340</v>
+        <v>304</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>341</v>
+        <v>246</v>
       </c>
       <c r="G124" s="2" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
     </row>
     <row r="125" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A125" s="2" t="s">
-        <v>171</v>
+        <v>188</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="D125" s="2" t="s">
-        <v>342</v>
+        <v>305</v>
       </c>
       <c r="E125" s="2" t="s">
-        <v>342</v>
+        <v>306</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>313</v>
+        <v>246</v>
       </c>
       <c r="G125" s="2" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
     </row>
     <row r="126" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A126" s="2" t="s">
-        <v>171</v>
+        <v>188</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="D126" s="2" t="s">
-        <v>343</v>
+        <v>307</v>
       </c>
       <c r="E126" s="2" t="s">
-        <v>343</v>
+        <v>306</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>341</v>
+        <v>246</v>
       </c>
       <c r="G126" s="2" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
     </row>
     <row r="127" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A127" s="2" t="s">
-        <v>177</v>
+        <v>193</v>
       </c>
       <c r="B127" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>37</v>
+        <v>135</v>
       </c>
       <c r="D127" s="2" t="s">
-        <v>344</v>
+        <v>308</v>
       </c>
       <c r="E127" s="2" t="s">
-        <v>345</v>
+        <v>309</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>268</v>
+        <v>236</v>
       </c>
       <c r="G127" s="2" t="s">
-        <v>265</v>
+        <v>310</v>
       </c>
     </row>
     <row r="128" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A128" s="2" t="s">
-        <v>208</v>
+        <v>193</v>
       </c>
       <c r="B128" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>315</v>
+        <v>77</v>
       </c>
       <c r="D128" s="2" t="s">
-        <v>346</v>
+        <v>311</v>
       </c>
       <c r="E128" s="2" t="s">
-        <v>347</v>
+        <v>312</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>268</v>
+        <v>236</v>
       </c>
       <c r="G128" s="2" t="s">
-        <v>348</v>
+        <v>310</v>
       </c>
     </row>
     <row r="129" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A129" s="2" t="s">
         <v>208</v>
       </c>
       <c r="B129" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>23</v>
+        <v>209</v>
       </c>
       <c r="D129" s="2" t="s">
-        <v>349</v>
+        <v>313</v>
       </c>
       <c r="E129" s="2" t="s">
-        <v>350</v>
+        <v>313</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>268</v>
+        <v>236</v>
       </c>
       <c r="G129" s="2" t="s">
-        <v>348</v>
+        <v>17</v>
       </c>
     </row>
     <row r="130" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A130" s="2" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="B130" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>128</v>
+        <v>209</v>
       </c>
       <c r="D130" s="2" t="s">
-        <v>351</v>
+        <v>314</v>
       </c>
       <c r="E130" s="2" t="s">
-        <v>352</v>
+        <v>315</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>318</v>
+        <v>236</v>
       </c>
       <c r="G130" s="2" t="s">
-        <v>185</v>
+        <v>17</v>
       </c>
     </row>
     <row r="131" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A131" s="2" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="B131" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>128</v>
+        <v>209</v>
       </c>
       <c r="D131" s="2" t="s">
-        <v>353</v>
+        <v>316</v>
       </c>
       <c r="E131" s="2" t="s">
-        <v>354</v>
+        <v>317</v>
       </c>
       <c r="F131" s="2" t="s">
         <v>318</v>
       </c>
       <c r="G131" s="2" t="s">
-        <v>185</v>
+        <v>17</v>
       </c>
     </row>
     <row r="132" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A132" s="2" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>128</v>
+        <v>209</v>
       </c>
       <c r="D132" s="2" t="s">
-        <v>355</v>
+        <v>319</v>
       </c>
       <c r="E132" s="2" t="s">
-        <v>356</v>
+        <v>320</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="G132" s="2" t="s">
-        <v>185</v>
+        <v>17</v>
       </c>
     </row>
     <row r="133" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A133" s="2" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="D133" s="2" t="s">
-        <v>357</v>
+        <v>322</v>
       </c>
       <c r="E133" s="2" t="s">
-        <v>358</v>
+        <v>323</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>359</v>
+        <v>324</v>
       </c>
       <c r="G133" s="2" t="s">
-        <v>17</v>
+        <v>149</v>
       </c>
     </row>
     <row r="134" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A134" s="2" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="D134" s="2" t="s">
-        <v>360</v>
+        <v>325</v>
       </c>
       <c r="E134" s="2" t="s">
-        <v>360</v>
+        <v>326</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>268</v>
+        <v>239</v>
       </c>
       <c r="G134" s="2" t="s">
-        <v>17</v>
+        <v>149</v>
       </c>
     </row>
     <row r="135" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A135" s="2" t="s">
-        <v>216</v>
+        <v>226</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>217</v>
+        <v>140</v>
       </c>
       <c r="D135" s="2" t="s">
-        <v>361</v>
+        <v>327</v>
       </c>
       <c r="E135" s="2" t="s">
-        <v>362</v>
+        <v>328</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>268</v>
+        <v>236</v>
       </c>
       <c r="G135" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="136" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A136" s="2" t="s">
-        <v>216</v>
+        <v>226</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>217</v>
+        <v>140</v>
       </c>
       <c r="D136" s="2" t="s">
-        <v>363</v>
+        <v>329</v>
       </c>
       <c r="E136" s="2" t="s">
-        <v>364</v>
+        <v>330</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>365</v>
+        <v>236</v>
       </c>
       <c r="G136" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="137" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A137" s="2" t="s">
         <v>226</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>113</v>
+        <v>140</v>
       </c>
       <c r="D137" s="2" t="s">
-        <v>366</v>
+        <v>331</v>
       </c>
       <c r="E137" s="2" t="s">
-        <v>366</v>
+        <v>332</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>258</v>
+        <v>236</v>
       </c>
       <c r="G137" s="2" t="s">
-        <v>182</v>
+        <v>17</v>
       </c>
     </row>
     <row r="138" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A138" s="2" t="s">
-        <v>231</v>
+        <v>22</v>
       </c>
       <c r="B138" s="2" t="s">
-        <v>12</v>
+        <v>333</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>125</v>
+        <v>23</v>
       </c>
       <c r="D138" s="2" t="s">
-        <v>367</v>
+        <v>334</v>
       </c>
       <c r="E138" s="2" t="s">
-        <v>368</v>
+        <v>335</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>273</v>
+        <v>236</v>
       </c>
       <c r="G138" s="2" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
     </row>
     <row r="139" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A139" s="2" t="s">
-        <v>231</v>
+        <v>22</v>
       </c>
       <c r="B139" s="2" t="s">
-        <v>12</v>
+        <v>333</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>125</v>
+        <v>23</v>
       </c>
       <c r="D139" s="2" t="s">
-        <v>369</v>
+        <v>336</v>
       </c>
       <c r="E139" s="2" t="s">
-        <v>370</v>
+        <v>337</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>273</v>
+        <v>236</v>
       </c>
       <c r="G139" s="2" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
     </row>
     <row r="140" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A140" s="2" t="s">
-        <v>231</v>
+        <v>22</v>
       </c>
       <c r="B140" s="2" t="s">
-        <v>12</v>
+        <v>333</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>125</v>
+        <v>23</v>
       </c>
       <c r="D140" s="2" t="s">
-        <v>371</v>
+        <v>338</v>
       </c>
       <c r="E140" s="2" t="s">
-        <v>372</v>
+        <v>339</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>273</v>
+        <v>236</v>
       </c>
       <c r="G140" s="2" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
     </row>
     <row r="141" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A141" s="2" t="s">
-        <v>241</v>
+        <v>22</v>
       </c>
       <c r="B141" s="2" t="s">
-        <v>12</v>
+        <v>333</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>113</v>
+        <v>23</v>
       </c>
       <c r="D141" s="2" t="s">
-        <v>373</v>
+        <v>340</v>
       </c>
       <c r="E141" s="2" t="s">
-        <v>374</v>
+        <v>341</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>258</v>
+        <v>236</v>
       </c>
       <c r="G141" s="2" t="s">
-        <v>185</v>
+        <v>70</v>
       </c>
     </row>
     <row r="142" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A142" s="2" t="s">
-        <v>241</v>
+        <v>22</v>
       </c>
       <c r="B142" s="2" t="s">
-        <v>12</v>
+        <v>333</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>113</v>
+        <v>23</v>
       </c>
       <c r="D142" s="2" t="s">
-        <v>375</v>
+        <v>342</v>
       </c>
       <c r="E142" s="2" t="s">
-        <v>376</v>
+        <v>343</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>258</v>
+        <v>30</v>
       </c>
       <c r="G142" s="2" t="s">
-        <v>185</v>
+        <v>70</v>
       </c>
     </row>
     <row r="143" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A143" s="2" t="s">
-        <v>377</v>
+        <v>22</v>
       </c>
       <c r="B143" s="2" t="s">
-        <v>378</v>
+        <v>333</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>379</v>
+        <v>23</v>
       </c>
       <c r="D143" s="2" t="s">
-        <v>380</v>
+        <v>344</v>
       </c>
       <c r="E143" s="2" t="s">
-        <v>381</v>
+        <v>345</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>16</v>
+        <v>246</v>
       </c>
       <c r="G143" s="2" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
     </row>
     <row r="144" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A144" s="2" t="s">
-        <v>377</v>
+        <v>22</v>
       </c>
       <c r="B144" s="2" t="s">
-        <v>378</v>
+        <v>333</v>
       </c>
       <c r="C144" s="2" t="s">
-        <v>379</v>
+        <v>23</v>
       </c>
       <c r="D144" s="2" t="s">
-        <v>382</v>
+        <v>346</v>
       </c>
       <c r="E144" s="2" t="s">
-        <v>383</v>
+        <v>347</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>16</v>
+        <v>236</v>
       </c>
       <c r="G144" s="2" t="s">
-        <v>40</v>
+        <v>70</v>
       </c>
     </row>
     <row r="145" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A145" s="2" t="s">
-        <v>377</v>
+        <v>208</v>
       </c>
       <c r="B145" s="2" t="s">
-        <v>378</v>
+        <v>348</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>379</v>
+        <v>209</v>
       </c>
       <c r="D145" s="2" t="s">
-        <v>384</v>
+        <v>349</v>
       </c>
       <c r="E145" s="2" t="s">
-        <v>385</v>
+        <v>350</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="G145" s="2" t="s">
-        <v>40</v>
-[...275 lines deleted...]
-        <v>72</v>
+        <v>17</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:G1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>