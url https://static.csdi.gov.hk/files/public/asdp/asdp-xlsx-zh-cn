--- v1 (2026-01-31)
+++ v2 (2026-03-26)
@@ -12,1107 +12,1092 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Source" state="visible" r:id="rId4"/>
     <sheet sheetId="2" name="As of Date" state="visible" r:id="rId5"/>
     <sheet sheetId="3" name="Data" state="visible" r:id="rId6"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1019" uniqueCount="351">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1005" uniqueCount="346">
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Based on 2025 Annual Spatial Data Plans of Bureaux and Departments (for 2026-2028)</t>
   </si>
   <si>
     <t>As of Date</t>
   </si>
   <si>
-    <t>08/01/2026</t>
+    <t>10/02/2026</t>
   </si>
   <si>
     <t>Data Provider</t>
   </si>
   <si>
     <t>Other Organisation</t>
   </si>
   <si>
     <t>Type of Data</t>
   </si>
   <si>
     <t>Name of Dataset</t>
   </si>
   <si>
     <t>General Description</t>
   </si>
   <si>
     <t>Target Release Date</t>
   </si>
   <si>
     <t>Update Frequency</t>
   </si>
   <si>
+    <t>民政事务总署</t>
+  </si>
+  <si>
+    <t>N/A</t>
+  </si>
+  <si>
+    <t>发展</t>
+  </si>
+  <si>
+    <t>历史地方行政区分界</t>
+  </si>
+  <si>
+    <t>历史地方行政区分界的地理参考数据，包括中、英文名称及分界坐标(经度和纬度)。</t>
+  </si>
+  <si>
+    <t>01/2026</t>
+  </si>
+  <si>
+    <t>当有更新数据时</t>
+  </si>
+  <si>
+    <t>地政总署</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>地理</t>
+  </si>
+  <si>
+    <t>数码正射影像图DOP1000-1976</t>
+  </si>
+  <si>
+    <t>DOP1000-1976正射影像图采用1976年于4000呎上空拍摄的航空照片制作，其地面采样距离为0.1米。它主要涵盖香港岛，及包括部分油尖旺、九龙城、黄大仙、观塘、葵青、荃湾、屯门、元朗、大埔、沙田和西贡等地区。采用GeoTIFF格式并附有 Worldfile档案发布。</t>
+  </si>
+  <si>
+    <t>一次性</t>
+  </si>
+  <si>
+    <t>机电工程署</t>
+  </si>
+  <si>
+    <t>工商业</t>
+  </si>
+  <si>
+    <t>政府物联通基站</t>
+  </si>
+  <si>
+    <t>政府物联通基站的位置</t>
+  </si>
+  <si>
+    <t>每季</t>
+  </si>
+  <si>
+    <t>卫生署</t>
+  </si>
+  <si>
+    <t>卫生</t>
+  </si>
+  <si>
+    <t>爱婴母婴健康院</t>
+  </si>
+  <si>
+    <t>爱婴母婴健康院列表, 附有基本资料</t>
+  </si>
+  <si>
+    <t>设有育婴间的政府物业</t>
+  </si>
+  <si>
+    <t>设有育婴间的政府物业的列表，列有设施地点及其他详细资料</t>
+  </si>
+  <si>
+    <t>一年两次</t>
+  </si>
+  <si>
     <t>劳工处</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>劳工、社区及社会福利</t>
   </si>
   <si>
     <t>劳资关系科办事处资料</t>
   </si>
   <si>
     <t>劳工处劳资关系科办事处地址及开放时间</t>
   </si>
   <si>
-    <t>01/2026</t>
-[...4 lines deleted...]
-  <si>
     <t>小额薪酬索偿仲裁处资料</t>
   </si>
   <si>
     <t>小额薪酬索偿仲裁处地址、开放时间及查询电话号码</t>
   </si>
   <si>
     <t>职工会登记局资料</t>
   </si>
   <si>
     <t>职工会登记局地址及开放时间</t>
   </si>
   <si>
+    <t>社会福利署</t>
+  </si>
+  <si>
+    <t>残疾人士辅助就业培训</t>
+  </si>
+  <si>
+    <t>残疾人士辅助就业培训服务单位名单 (地区、服务营运机构名称、地址、联络电话、传真号码、服务名额、性别)</t>
+  </si>
+  <si>
+    <t>精神复元人士过渡支援服务</t>
+  </si>
+  <si>
+    <t>服务簡介、服务对象、服务机构名单、服务隊名稱、地址、电话及传真号码</t>
+  </si>
+  <si>
+    <t>土木工程拓展署</t>
+  </si>
+  <si>
+    <t>康乐及文化</t>
+  </si>
+  <si>
+    <t>大澳旅游热点人流资讯</t>
+  </si>
+  <si>
+    <t>每5分钟</t>
+  </si>
+  <si>
+    <t>康乐及文化事务署</t>
+  </si>
+  <si>
+    <t>康乐及文化; 运动</t>
+  </si>
+  <si>
+    <t>智能自助服务站地点</t>
+  </si>
+  <si>
+    <t>科技</t>
+  </si>
+  <si>
+    <t>香港卫星定位参考站网（SatRef）之网络实时动态完整性监测数据流（NMEA格式）</t>
+  </si>
+  <si>
+    <t>香港卫星定位参考站网的完整性监测站的GNSS网路实时动态定位结果，以NMEA格式发放。</t>
+  </si>
+  <si>
+    <t>02/2026</t>
+  </si>
+  <si>
+    <t>实时</t>
+  </si>
+  <si>
+    <t>渠务署</t>
+  </si>
+  <si>
+    <t>环境</t>
+  </si>
+  <si>
+    <t>识河惜生态 · 资料馆 - 香港 · 河道</t>
+  </si>
+  <si>
+    <t>03/2026</t>
+  </si>
+  <si>
+    <t>房屋局 / 房屋委员会 / 房屋署</t>
+  </si>
+  <si>
+    <t>房屋</t>
+  </si>
+  <si>
+    <t>「简约公屋」单位资料</t>
+  </si>
+  <si>
+    <t>「简约公屋」单位资料。</t>
+  </si>
+  <si>
+    <t>渠务署设施自助游</t>
+  </si>
+  <si>
+    <t>渠务署设施自助游（启德河径、南生围河教育径、新田防洪计划）(发放日期由09/2025改为03/2026)</t>
+  </si>
+  <si>
+    <t>发展局</t>
+  </si>
+  <si>
+    <t>启德共融通道</t>
+  </si>
+  <si>
+    <t>启德共融通道已开放给公众使用的位置</t>
+  </si>
+  <si>
+    <t>运输署</t>
+  </si>
+  <si>
+    <t>运输</t>
+  </si>
+  <si>
+    <t>车队的士停车处</t>
+  </si>
+  <si>
+    <t>车队的士停车处位置地点</t>
+  </si>
+  <si>
+    <t>承办商名单四：住宅气体接驳软喉更换 （煤气）</t>
+  </si>
+  <si>
+    <t>气体安全（气体装置技工及气体工程承办商注册）规例所界定的注册气体工程承办商名单</t>
+  </si>
+  <si>
+    <t>04/2026</t>
+  </si>
+  <si>
+    <t>承办商名单五：住宅气体接驳软喉更换（石油气）</t>
+  </si>
+  <si>
+    <t>乡郊代表选举现有乡村／墟镇分界 (2027-2030)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">乡郊代表选举现有乡村／墟镇分界的地理参考数据。
+此数据种类已于2022年12月首次发放，并会于每四年发放新数据。</t>
+  </si>
+  <si>
+    <t>每四年一次</t>
+  </si>
+  <si>
+    <t>政府统计处</t>
+  </si>
+  <si>
+    <t>人口</t>
+  </si>
+  <si>
+    <t>2021 年人口普查（楼市片区及楼宇组群统计数字及分界）</t>
+  </si>
+  <si>
+    <t>此2021年人口普查数据集包含在2021年居于173个楼市片区及3286个楼宇组群的香港人口有关人口、住户、教育、经济、房屋及内部迁移特征的统计数字。此数据集亦包含各楼市片区及楼宇组群的分界。楼市片区及楼宇组群是政府统计处和中原地图有限公司（中原地图）为发布香港人口普查／中期人口统计的统计数字而合作发展的分界系统。2021年人口普查于2021年6月至8月期间进行，提供了香港人口的社会和经济特征的基准统计数字。这些数字对政府在规划和制定政策尤为重要。</t>
+  </si>
+  <si>
+    <t>渔农自然护理署</t>
+  </si>
+  <si>
+    <t>「渔＋乐」鱼场资料</t>
+  </si>
+  <si>
+    <t>「渔＋乐」鱼场的位置数据</t>
+  </si>
+  <si>
+    <t>路政署</t>
+  </si>
+  <si>
+    <t>加建隔音屏障工程</t>
+  </si>
+  <si>
+    <t>提供由路政署管辖范围内的加建隔音屏障工程资料。</t>
+  </si>
+  <si>
+    <t>道路工程</t>
+  </si>
+  <si>
+    <t>提供由路政署管辖范围内的道路工程资料。</t>
+  </si>
+  <si>
+    <t>可达性工程</t>
+  </si>
+  <si>
+    <t>提供由路政署管辖范围内的可达性工程资料。</t>
+  </si>
+  <si>
+    <t>香港天文台</t>
+  </si>
+  <si>
+    <t>气象</t>
+  </si>
+  <si>
+    <t>每日香港境内云间闪电总次数</t>
+  </si>
+  <si>
+    <t>提供每日香港境内云间闪电总次数资料</t>
+  </si>
+  <si>
+    <t>06/2026</t>
+  </si>
+  <si>
+    <t>每月</t>
+  </si>
+  <si>
+    <t>每日香港境内云对地闪电总次数</t>
+  </si>
+  <si>
+    <t>提供每日香港境内云对地闪电总次数资料</t>
+  </si>
+  <si>
+    <t>每月总可能蒸散量</t>
+  </si>
+  <si>
+    <t>提供每月总可能蒸散量资料</t>
+  </si>
+  <si>
+    <t>历史地图 – 清水湾（1954）</t>
+  </si>
+  <si>
+    <t>显示1954年的清水湾的历史地图。</t>
+  </si>
+  <si>
+    <t>历史地图 – 大澳（1918）</t>
+  </si>
+  <si>
+    <t>显示1918年的大澳的历史地图。</t>
+  </si>
+  <si>
+    <t>动物寄养所</t>
+  </si>
+  <si>
+    <t>动物寄养所的位置及联络详情</t>
+  </si>
+  <si>
     <t>医务卫生局</t>
   </si>
   <si>
-    <t>卫生</t>
-[...1 lines deleted...]
-  <si>
     <t>乐妍站一览表</t>
   </si>
   <si>
     <t>数据集附有乐妍站的联络资料，包括地址、电话号码、传真号码及网址。</t>
   </si>
   <si>
-    <t>06/2026</t>
-[...128 lines deleted...]
-    <t>来港就读教资会资助的全日制课程的交流生人次统计</t>
+    <t>重售青富苑及蝶翠苑绿表置居计划(绿置居)单位的成交记录</t>
+  </si>
+  <si>
+    <t>单位成交记录资料。</t>
+  </si>
+  <si>
+    <t>出售绿表置居计划(绿置居)单位2018的成交记录</t>
+  </si>
+  <si>
+    <t>出售绿表置居计划(绿置居)单位2019的成交记录</t>
+  </si>
+  <si>
+    <t>出售绿表置居计划单位(绿置居)2020/21的成交记录</t>
+  </si>
+  <si>
+    <t>出售绿表置居计划单位(绿置居)2022的成交记录</t>
+  </si>
+  <si>
+    <t>出售绿表置居计划单位(绿置居)2023的成交记录</t>
+  </si>
+  <si>
+    <t>出售居者有其屋计划(居屋)单位2018的成交记录</t>
+  </si>
+  <si>
+    <t>出售居者有其屋计划(居屋)单位2019的成交记录</t>
+  </si>
+  <si>
+    <t>出售居者有其屋计划(居屋)单位2020的成交记录</t>
+  </si>
+  <si>
+    <t>出售居者有其屋计划(居屋)单位2022的成交记录</t>
+  </si>
+  <si>
+    <t>出售居者有其屋计划(居屋)单位2023的成交记录</t>
+  </si>
+  <si>
+    <t>出售居者有其屋计划(居屋)单位2024的成交记录</t>
+  </si>
+  <si>
+    <t>出售青富苑及蝶翠苑未售出绿表置居计划(绿置居)单位的成交记录</t>
+  </si>
+  <si>
+    <t>道路工程位置数据</t>
+  </si>
+  <si>
+    <t>位于时速限制70公里或以上道路的工程位置(JSON)</t>
+  </si>
+  <si>
+    <t>屋宇署</t>
+  </si>
+  <si>
+    <t>采用「组装合成」建筑法的私人楼宇</t>
+  </si>
+  <si>
+    <t>采用「组装合成」建筑法的私人楼宇及楼宇的占用许可证签发日期、楼宇类型及地址</t>
+  </si>
+  <si>
+    <t>08/2026</t>
+  </si>
+  <si>
+    <t>食物环境卫生署</t>
+  </si>
+  <si>
+    <t>网上受限制食物售卖许可证</t>
+  </si>
+  <si>
+    <t>本港网上受限制食物售卖许可证名单</t>
+  </si>
+  <si>
+    <t>09/2026</t>
+  </si>
+  <si>
+    <t>每日</t>
+  </si>
+  <si>
+    <t>规划署</t>
+  </si>
+  <si>
+    <t>2025土地用途网格</t>
+  </si>
+  <si>
+    <t>根据更新的卫星图像制作的香港概括土地用途分布网格。</t>
   </si>
   <si>
     <t>每年</t>
   </si>
   <si>
-    <t>按大学、修课程度及目的地划分的来自教资会资助的全日制课程离港的交流生人次</t>
-[...175 lines deleted...]
-  <si>
     <t>由房屋委员会(房委会)管理的已落成公共屋邨内的大型树</t>
   </si>
   <si>
     <t>该数据集包括位于已落成公共屋邨内，主树干胸径超过500毫米的大型树。</t>
-  </si>
-[...70 lines deleted...]
-    <t>已获注册能源效益评核人签发《建筑物能源效益条例》能源审核表格的建筑物和相关资料</t>
   </si>
   <si>
     <t>已获发《建筑物能源效益条例》遵行规定登记证明书的建筑物</t>
   </si>
   <si>
     <t xml:space="preserve">已获发《建筑物能源效益条例》遵行规定登记证明书的建筑物的位置和相关资料
 (本数据集的非空间数据已于2023年6月发放)</t>
   </si>
   <si>
-    <t>淡水冷却塔计划的选定地区</t>
-[...2 lines deleted...]
-    <t>淡水冷却塔计划的选定地区位置图</t>
+    <t>10/2026</t>
+  </si>
+  <si>
+    <t>已获发《建筑物能源效益条例》能源审核表格的建筑物</t>
+  </si>
+  <si>
+    <t>已获注册能源效益评核人签发《建筑物能源效益条例》能源审核表格的建筑物和相关资料</t>
+  </si>
+  <si>
+    <t>区域供冷系统</t>
+  </si>
+  <si>
+    <t>区域供冷系统的位置</t>
+  </si>
+  <si>
+    <t>已呈交《建筑物能源效益条例》首阶段声明的建筑物</t>
+  </si>
+  <si>
+    <t>已提交《建筑物能源效益条例》首阶段声明的建筑物的位置和相关资料</t>
   </si>
   <si>
     <t>能源效益及节约展览中心</t>
   </si>
   <si>
     <t xml:space="preserve">正举行能源效益及节约展览的处所和相关资料
 (备注：本数据集乃根据最近的调查所得，并非全面)</t>
   </si>
   <si>
-    <t>民政事务总署</t>
-[...15 lines deleted...]
-    <t>每四年一次</t>
+    <t>仍然生效的《建筑物能源效益条例》敦促改善通知书的处所</t>
+  </si>
+  <si>
+    <t>仍然生效的《建筑物能源效益条例》敦促改善通知书的处所和相关资料</t>
+  </si>
+  <si>
+    <t>房屋委员会公共租住房屋单位资料</t>
+  </si>
+  <si>
+    <t>公共租住房屋单位资料。</t>
+  </si>
+  <si>
+    <t>公共屋邨位置及资料 – 房委会工厂大厦</t>
+  </si>
+  <si>
+    <t>房委会工厂大厦资料包括工厂大厦名称、位置、入伙年份、层数及单位数目。</t>
+  </si>
+  <si>
+    <t>公共屋邨位置及资料 – 房委会商场</t>
+  </si>
+  <si>
+    <t>房委会商场资料包括屋邨名称、位置、落成年份、层数及可出租面积约数。</t>
+  </si>
+  <si>
+    <t>公共屋邨位置及资料 – 居者有其屋计划屋苑</t>
+  </si>
+  <si>
+    <t>居屋屋苑资料。</t>
+  </si>
+  <si>
+    <t>公共屋邨位置及资料 – 公共屋邨</t>
+  </si>
+  <si>
+    <t>公共屋邨资料。</t>
+  </si>
+  <si>
+    <t>出售租者置其屋计划(租置计划)屋邨单位的成交记录</t>
+  </si>
+  <si>
+    <t>选举事务处</t>
+  </si>
+  <si>
+    <t>选举</t>
+  </si>
+  <si>
+    <t>2026年选民登记数字</t>
+  </si>
+  <si>
+    <t>2026年选民登记数字(地方选区)</t>
+  </si>
+  <si>
+    <t>11/2026</t>
+  </si>
+  <si>
+    <t>香港消防处</t>
+  </si>
+  <si>
+    <t>设有持牌危险品仓库的大厦</t>
+  </si>
+  <si>
+    <t>设有持牌危险品仓库的大厦名单</t>
+  </si>
+  <si>
+    <t>12/2026</t>
+  </si>
+  <si>
+    <t>持牌加油站</t>
+  </si>
+  <si>
+    <t>持牌加油站的位置</t>
+  </si>
+  <si>
+    <t>香港金融管理局</t>
+  </si>
+  <si>
+    <t>稳定币发行人纪录册</t>
+  </si>
+  <si>
+    <t>稳定币发行人在香港的主要业务地址</t>
+  </si>
+  <si>
+    <t>登记食物进口商和登记食物分销商登记册</t>
+  </si>
+  <si>
+    <t>大学教育资助委员会秘书处</t>
+  </si>
+  <si>
+    <t>教育</t>
+  </si>
+  <si>
+    <t>按大学、修课程度及原居地划分的来港就读教资会资助的全日制课程的交流生人次</t>
+  </si>
+  <si>
+    <t>来港就读教资会资助的全日制课程的交流生人次统计</t>
+  </si>
+  <si>
+    <t>按大学、修课程度及目的地划分的来自教资会资助的全日制课程离港的交流生人次</t>
+  </si>
+  <si>
+    <t>来自教资会资助的全日制课程离港的交流生人次统计</t>
+  </si>
+  <si>
+    <t>敎资会资助大学的研究补助金</t>
+  </si>
+  <si>
+    <t>按大学划分的教资会资助副学士及学士学位课程有特殊教育需要的就学人数</t>
+  </si>
+  <si>
+    <t>敎资会资助副学士及学士学位课程有特殊教育需要的就学人数统计</t>
+  </si>
+  <si>
+    <t>教育; 康乐及文化</t>
+  </si>
+  <si>
+    <t>市区公园观蝶</t>
+  </si>
+  <si>
+    <t>观蝶位置</t>
+  </si>
+  <si>
+    <t>淡水冷却塔计划的选定地区</t>
+  </si>
+  <si>
+    <t>淡水冷却塔计划的选定地区位置图</t>
+  </si>
+  <si>
+    <t>郊野公园内其他康乐场地的树木资料</t>
+  </si>
+  <si>
+    <t>郊野公园其他康乐场地所记录的树木资料，包括树种及位置</t>
+  </si>
+  <si>
+    <t>环境保护署</t>
+  </si>
+  <si>
+    <t>海岸清洁情况</t>
+  </si>
+  <si>
+    <t>优先处理地点的海岸清洁评分</t>
+  </si>
+  <si>
+    <t>家庭医生(基层医疗指南)一览表</t>
+  </si>
+  <si>
+    <t>数据集附有家庭医生的联络资料，包括地址、医护机构、医护服务地点及电话号码。</t>
+  </si>
+  <si>
+    <t>差饷物业估价署</t>
+  </si>
+  <si>
+    <t>统计摘要 - 地租登记册 - 各地区的估价及应课差饷租值</t>
+  </si>
+  <si>
+    <t>地租登记册截至有关年度4 月1 日各区域估价的数量及应课差饷租值总数的统计数据。</t>
+  </si>
+  <si>
+    <t>统计摘要 - 估价册 - 各地区的估价及应课差饷租值</t>
+  </si>
+  <si>
+    <t>估价册截至有关年度4 月1 日各区域估价的数量及应课差饷租值总数的统计数据。</t>
+  </si>
+  <si>
+    <t>出售绿表置居计划(绿置居)单位2024的成交记录</t>
+  </si>
+  <si>
+    <t>法定古迹的三维数码模型</t>
+  </si>
+  <si>
+    <t>单体化的法定古迹的三维数码模型是一组具有几何数据、纹理影像、外观和位置的数据。这些模型是根据古物古迹办事处取得的点云数据和小型无人机 (SUA) 拍摄的航空拍照片制作出来的。</t>
+  </si>
+  <si>
+    <t>演艺场地-未来的工程项目</t>
+  </si>
+  <si>
+    <t>场地正在进行大型整修及计划兴建之工程项目</t>
+  </si>
+  <si>
+    <t>演艺场地-最近的工程项目</t>
+  </si>
+  <si>
+    <t>最近剧院系统更新、改善及装修的工程</t>
+  </si>
+  <si>
+    <t>竞赛场地</t>
+  </si>
+  <si>
+    <t>竞赛场地位置</t>
+  </si>
+  <si>
+    <t>康文署场地的树木资料</t>
   </si>
   <si>
     <t>海事处</t>
   </si>
   <si>
-    <t>运输</t>
-[...1 lines deleted...]
-  <si>
     <t>政府系泊浮泡</t>
   </si>
   <si>
     <t>政府系泊浮泡的位置</t>
   </si>
   <si>
     <t>葵涌控制站服务范围</t>
   </si>
   <si>
     <t>葵涌控制站所管理的船舶交通区域</t>
   </si>
   <si>
-    <t>渔农自然护理署</t>
-[...182 lines deleted...]
-    <t>单体化的已评级历史建筑的三维数码模型是一组具有几何数据、纹理影像、外观和位置的数据。这些模型是根据 2017 年至 2025 年期间取得的点云数据和小型无人机 (SUA) 拍摄的航空拍照片制作出来的。</t>
+    <t>「地区服务及关爱队伍」(「关爱队」）的概要资料</t>
+  </si>
+  <si>
+    <t>全港各小区「关爱队」的分界图、联络途径、承办团体、伙伴团体、队长、副队长及成员名单。</t>
+  </si>
+  <si>
+    <t>02/2027</t>
+  </si>
+  <si>
+    <t>美化及绿化渠务署设施</t>
+  </si>
+  <si>
+    <t>美化及绿化渠务署设施 (发放日期由12/2025改为03/2027)</t>
+  </si>
+  <si>
+    <t>03/2027</t>
+  </si>
+  <si>
+    <t>每月热度日(HDD)及冷度日(CDD)</t>
+  </si>
+  <si>
+    <t>提供每月热度日(HDD)及冷度日(CDD)资料</t>
+  </si>
+  <si>
+    <t>06/2027</t>
+  </si>
+  <si>
+    <t>历史地图 – 香港 （1958）</t>
+  </si>
+  <si>
+    <t>显示1958年香港全景的历史地图。</t>
+  </si>
+  <si>
+    <t>显示1960年香港全景的历史地图。</t>
+  </si>
+  <si>
+    <t>赏花好去处</t>
+  </si>
+  <si>
+    <t>介绍康文署场地常见的显花树木及观赏地点的XY坐标</t>
+  </si>
+  <si>
+    <t>07/2027</t>
+  </si>
+  <si>
+    <t>社區園圃計劃</t>
+  </si>
+  <si>
+    <t>社區園圃位置</t>
+  </si>
+  <si>
+    <t>最佳园林大奖 – 私人物业</t>
+  </si>
+  <si>
+    <t>得奖私人物业位置</t>
+  </si>
+  <si>
+    <t>每两至三年</t>
+  </si>
+  <si>
+    <t>屋宇署柜枱服务</t>
+  </si>
+  <si>
+    <t>柜枱服务地点及开放时间</t>
+  </si>
+  <si>
+    <t>08/2027</t>
+  </si>
+  <si>
+    <t>已获发《建筑物能源效益条例》遵行规定表格的处所</t>
+  </si>
+  <si>
+    <t>已获注册能源效益评核人签发《建筑物能源效益条例》遵行规定表格的处所和相关资料</t>
+  </si>
+  <si>
+    <t>10/2027</t>
+  </si>
+  <si>
+    <t>公共屋邨位置及资料 – 房委会停车场</t>
+  </si>
+  <si>
+    <t>房委会停车场资料包括停车场名称、位置、及车位数目。</t>
+  </si>
+  <si>
+    <t>2027年选民登记数字</t>
+  </si>
+  <si>
+    <t>2027年选民登记数字(地方选区) (同类数据集经已在往年发放)</t>
+  </si>
+  <si>
+    <t>11/2027</t>
+  </si>
+  <si>
+    <t>于2024年12月12日或之前根据第572章消防安全（建筑物）条例发出消防安全指示的楼宇</t>
+  </si>
+  <si>
+    <t>于2024年12月12日或之前根据第572章消防安全（建筑物）条例发出消防安全指示的楼宇地址</t>
   </si>
   <si>
     <t>12/2027</t>
   </si>
   <si>
-    <t>历史地图 – 香港 （1958）</t>
-[...188 lines deleted...]
-    <t>各个污水收集整体计划检讨的覆盖范围及完成时间</t>
+    <t>于2024年12月12日或之前根据第502章消防安全（商业处所）条例发出消防安全指示的楼宇/处所 - 订明商业处所</t>
+  </si>
+  <si>
+    <t>根据消防安全(商业处所)条例(第502章)在2024年12月12日前已发出消防安全指示的订明商业处所的地址与类别</t>
+  </si>
+  <si>
+    <t>于2024年12月12日或之前根据第502章消防安全（商业处所）条例发出消防安全指示/改善消防安全指示的楼宇/处所 - 指明商业建筑物</t>
+  </si>
+  <si>
+    <t>于2024年12月12日或之前根据第502章消防安全（商业处所）条例发出消防安全指示/改善消防安全指示的楼宇/处所 - 指明商业建筑物的地址</t>
+  </si>
+  <si>
+    <t>小规划统计区及单元区的界线（2026人口普查）</t>
+  </si>
+  <si>
+    <t>二零二六年人口普查所采用的小规划统计区及单元区之多边形界线。</t>
+  </si>
+  <si>
+    <t>每五年</t>
+  </si>
+  <si>
+    <t>2027年区议会一般选举 选举结果</t>
+  </si>
+  <si>
+    <t>2027年区议会一般选举 选举结果(同类数据集经已在往年发放)</t>
+  </si>
+  <si>
+    <t>2027年区议会一般选举 地区委员会界别选民数字</t>
   </si>
   <si>
     <t>香港回收再造公司名录</t>
   </si>
   <si>
     <t xml:space="preserve">香港回收或再造公司名单
 （声明：香港特别行政区政府并不保证或担保本名录的准确性或完整性，以及名单中的机构并不代表为香港特别行政区政府所认可的机构。）</t>
   </si>
   <si>
+    <t>污水收集整体计划检讨</t>
+  </si>
+  <si>
+    <t>各个污水收集整体计划检讨的覆盖范围及完成时间</t>
+  </si>
+  <si>
+    <t>物业市场统计资料 - 私人写字楼 - 各级别拆卸量</t>
+  </si>
+  <si>
+    <t>各级别私人写字楼拆卸量的统计数据。</t>
+  </si>
+  <si>
+    <t>物业市场统计资料 - 私人写字楼 - 各区域不同级别拆卸量</t>
+  </si>
+  <si>
+    <t>各区域不同级别私人写字楼拆卸量的统计数据。</t>
+  </si>
+  <si>
+    <t>物业市场统计资料 - 私人写字楼 - 各区域拆卸量</t>
+  </si>
+  <si>
+    <t>各区域私人写字楼拆卸量的统计数据。</t>
+  </si>
+  <si>
+    <t>新市镇分界（2026人口普查）</t>
+  </si>
+  <si>
+    <t>二零二六年人口普查所采用的新市镇之多边形界线。</t>
+  </si>
+  <si>
+    <t>已评级历史建筑的三维数码模型</t>
+  </si>
+  <si>
+    <t>单体化的已评级历史建筑的三维数码模型是一组具有几何数据、纹理影像、外观和位置的数据。这些模型是根据 2017 年至 2025 年期间取得的点云数据和小型无人机 (SUA) 拍摄的航空拍照片制作出来的。</t>
+  </si>
+  <si>
+    <t>「香港记忆」中含地理标记的资料</t>
+  </si>
+  <si>
+    <t>「香港记忆」经数码化的历史和文化资料中，包含地理资讯的项目。</t>
+  </si>
+  <si>
+    <t>康文署负责养护的路旁树木资料</t>
+  </si>
+  <si>
+    <t>锚地</t>
+  </si>
+  <si>
+    <t>锚地位置</t>
+  </si>
+  <si>
+    <t>进行中的海事工程</t>
+  </si>
+  <si>
+    <t>进行中的海事工程位置</t>
+  </si>
+  <si>
+    <t>2026 年人口普查（各地区统计数字及分界）</t>
+  </si>
+  <si>
+    <t>此2026年人口普查数据集包含在2026年居于各个区议会分区、区议会地方选区、小规划统计区（大合并组）、小规划统计区（小合并组）、单元区（大合并组）、单元区（小合并组）、主要屋苑、以及新市镇的香港人口有关人口、住户、教育、经济、房屋及内部迁移特征的统计数字。此数据集亦包含各地区的分界。</t>
+  </si>
+  <si>
+    <t>03/2028</t>
+  </si>
+  <si>
+    <t>6个月、12个月及24个月标准化降水指数(SPI)</t>
+  </si>
+  <si>
+    <t>提供6个月、12个月及24个月标准化降水指数(SPI)资料</t>
+  </si>
+  <si>
+    <t>06/2028</t>
+  </si>
+  <si>
+    <t>2028年选民登记数字</t>
+  </si>
+  <si>
+    <t>2028年选民登记数字(地方选区) (同类数据集经已在往年发放)</t>
+  </si>
+  <si>
+    <t>11/2028</t>
+  </si>
+  <si>
+    <t>于堆填区弃置的固体废物来源－按区域及主要废物类别划分</t>
+  </si>
+  <si>
+    <t>每年于堆填区弃置的固体废物（按区域及废物类别划分）的细项弃置量，包括(i)家居废物，(ii)工商业废物，(iii)都市固体废物及(iv)整体建筑废物。</t>
+  </si>
+  <si>
+    <t>12/2028</t>
+  </si>
+  <si>
+    <t>废物转运站及堆填区所接收的固体废物总量－按主要废物类别划分</t>
+  </si>
+  <si>
+    <t>每年于废物转运站及堆填区弃置的固体废物（按废物类别划分）的细项弃置量，包括(i)都市固体废物，(ii)整体建筑废物，(iii)特殊废物及(iv)所有废物类别。</t>
+  </si>
+  <si>
     <t>香港水质管制区地图</t>
   </si>
   <si>
     <t>香港水质管制区地图（备注：请参阅环保署网页刊登的宪报地图：https://www.epd.gov.hk/epd/sc_chi/environmentinhk/water/hkwqrc/map/watercontrolzone.html）</t>
   </si>
   <si>
+    <t>物业市场统计资料 - 私人住宅 - 各类单位拆卸量</t>
+  </si>
+  <si>
+    <t>各类私人住宅单位拆卸量的统计数据。</t>
+  </si>
+  <si>
+    <t>物业市场统计数据 - 私人住宅 - 各区域不同类别单位拆卸量</t>
+  </si>
+  <si>
+    <t>各区域不同类别私人住宅单位拆卸量的统计数据。</t>
+  </si>
+  <si>
+    <t>物业市场统计数据 - 私人住宅 - 各区域拆卸量</t>
+  </si>
+  <si>
+    <t>各区域私人住宅单位拆卸量的统计数据。</t>
+  </si>
+  <si>
+    <t>出售绿表置居计划单位(绿置居)2025的成交记录</t>
+  </si>
+  <si>
+    <t>出售绿表置居计划单位(绿置居)2026的成交记录</t>
+  </si>
+  <si>
+    <t>出售绿表置居计划单位(绿置居)2027的成交记录</t>
+  </si>
+  <si>
+    <t>出售居者有其屋计划(居屋)单位2025的成交记录</t>
+  </si>
+  <si>
+    <t>出售居者有其屋计划(居屋)单位2026的成交记录</t>
+  </si>
+  <si>
+    <t>出售居者有其屋计划(居屋)单位2027的成交记录</t>
+  </si>
+  <si>
+    <t>單位成交記錄資料。</t>
+  </si>
+  <si>
     <t>为低收入家庭护老者提供生活津贴计划认可服务单位名单</t>
   </si>
   <si>
     <t>营办机构名称、认可服务单位名称、地址及查询电话号码</t>
   </si>
   <si>
     <t>为低收入的残疾人士照顾者提供生活津贴计划认可服务单位名单</t>
   </si>
   <si>
-    <t>新市镇分界（2026人口普查）</t>
-[...71 lines deleted...]
-    <t>于2024年12月12日或之前根据第572章消防安全（建筑物）条例发出消防安全指示的楼宇地址</t>
+    <t>避风碇泊处</t>
+  </si>
+  <si>
+    <t>避风碇泊处位置</t>
+  </si>
+  <si>
+    <t>选举管理委员会</t>
+  </si>
+  <si>
+    <t>2027年区议会一般选举区议会地方选区分界</t>
+  </si>
+  <si>
+    <t>2027年区议会一般选举区议会地方选区分界(此数据集由选举管理委员会拥有及发放。)</t>
   </si>
   <si>
     <t>医院管理局</t>
   </si>
   <si>
+    <t>按医院划分的选定内窥镜程序的统计数字</t>
+  </si>
+  <si>
+    <t>本数据集备有医院管理局辖下医院的按医院划分的选定内窥镜程序及地理位置。</t>
+  </si>
+  <si>
     <t>医院管理局辖下「思觉失调」服务中心目录</t>
   </si>
   <si>
     <t>医院管理局辖下「思觉失调」服务中心的地理资讯资料。</t>
   </si>
   <si>
+    <t>医院管理局辖下疗养单位目录</t>
+  </si>
+  <si>
+    <t>医院管理局辖下疗养单位的地理资讯资料。</t>
+  </si>
+  <si>
+    <t>病人组织目录</t>
+  </si>
+  <si>
+    <t>病人组织的地理资讯资料。</t>
+  </si>
+  <si>
+    <t>医院管理局辖下病人资源中心目录</t>
+  </si>
+  <si>
+    <t>医院管理局辖下病人资源中心的地理资讯资料。</t>
+  </si>
+  <si>
     <t>医院管理局辖下戒烟辅导中心目录</t>
   </si>
   <si>
     <t>医院管理局辖下戒烟辅导中心的地理资讯资料。</t>
   </si>
   <si>
-    <t>医院管理局辖下疗养单位目录</t>
-[...16 lines deleted...]
-  <si>
     <t>流动捐血车</t>
   </si>
   <si>
     <t>流动捐血车的地理位置及服务时间</t>
-  </si>
-[...13 lines deleted...]
-    <t>2027年区议会一般选举区议会地方选区分界(此数据集由选举管理委员会拥有及发放。)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
     </font>
     <font>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1507,51 +1492,51 @@
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:B1"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="20" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>2</v>
       </c>
       <c r="B1" t="s">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:G145"/>
+  <dimension ref="A1:G143"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="bottomRight" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="7" width="20" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="E1" s="1" t="s">
@@ -1567,3334 +1552,3288 @@
     <row r="2" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="D3" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="E3" s="2" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G3" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="D4" s="2" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="E4" s="2" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G4" s="2" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="D5" s="2" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="E5" s="2" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="D6" s="2" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="E6" s="2" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="G6" s="2" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="D7" s="2" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="E7" s="2" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="D8" s="2" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E8" s="2" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G8" s="2" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="B9" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C9" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="B9" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D9" s="2" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="E9" s="2" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>41</v>
+        <v>16</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A10" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="B10" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C10" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="B10" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D10" s="2" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="E10" s="2" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A11" s="2" t="s">
         <v>44</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D11" s="2" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="E11" s="2" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G11" s="2" t="s">
-        <v>46</v>
+        <v>17</v>
       </c>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A12" s="2" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="D12" s="2" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="E12" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="G12" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A13" s="2" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="E13" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="G13" s="2" t="s">
-        <v>51</v>
+        <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A14" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="D14" s="2" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="E14" s="2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>26</v>
+        <v>59</v>
       </c>
       <c r="G14" s="2" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A15" s="2" t="s">
-        <v>47</v>
+        <v>61</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="D15" s="2" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="E15" s="2" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="G15" s="2" t="s">
-        <v>51</v>
+        <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A16" s="2" t="s">
-        <v>47</v>
+        <v>65</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>52</v>
+        <v>66</v>
       </c>
       <c r="D16" s="2" t="s">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="E16" s="2" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>41</v>
+        <v>64</v>
       </c>
       <c r="G16" s="2" t="s">
-        <v>51</v>
+        <v>17</v>
       </c>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
-        <v>47</v>
+        <v>61</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>61</v>
+        <v>50</v>
       </c>
       <c r="D17" s="2" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="E17" s="2" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>64</v>
       </c>
       <c r="G17" s="2" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
     </row>
     <row r="18" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A18" s="2" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>67</v>
+        <v>50</v>
       </c>
       <c r="D18" s="2" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="E18" s="2" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>30</v>
+        <v>64</v>
       </c>
       <c r="G18" s="2" t="s">
-        <v>70</v>
+        <v>17</v>
       </c>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="D19" s="2" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="E19" s="2" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>30</v>
+        <v>64</v>
       </c>
       <c r="G19" s="2" t="s">
-        <v>70</v>
+        <v>17</v>
       </c>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A20" s="2" t="s">
-        <v>66</v>
+        <v>24</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>67</v>
+        <v>25</v>
       </c>
       <c r="D20" s="2" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="E20" s="2" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>30</v>
+        <v>80</v>
       </c>
       <c r="G20" s="2" t="s">
-        <v>70</v>
+        <v>28</v>
       </c>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21" s="2" t="s">
-        <v>66</v>
+        <v>24</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>67</v>
+        <v>25</v>
       </c>
       <c r="D21" s="2" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="E21" s="2" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>30</v>
+        <v>80</v>
       </c>
       <c r="G21" s="2" t="s">
-        <v>70</v>
+        <v>28</v>
       </c>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A22" s="2" t="s">
-        <v>76</v>
+        <v>11</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>77</v>
+        <v>13</v>
       </c>
       <c r="D22" s="2" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="E22" s="2" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>80</v>
       </c>
       <c r="G22" s="2" t="s">
-        <v>17</v>
+        <v>84</v>
       </c>
     </row>
     <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" s="2" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D23" s="2" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="E23" s="2" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>30</v>
+        <v>80</v>
       </c>
       <c r="G23" s="2" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A24" s="2" t="s">
-        <v>81</v>
+        <v>89</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>82</v>
+        <v>50</v>
       </c>
       <c r="D24" s="2" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="E24" s="2" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>30</v>
+        <v>80</v>
       </c>
       <c r="G24" s="2" t="s">
-        <v>70</v>
+        <v>17</v>
       </c>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A25" s="2" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>38</v>
+        <v>75</v>
       </c>
       <c r="D25" s="2" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="E25" s="2" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>30</v>
+        <v>80</v>
       </c>
       <c r="G25" s="2" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A26" s="2" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>38</v>
+        <v>75</v>
       </c>
       <c r="D26" s="2" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="E26" s="2" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>30</v>
+        <v>80</v>
       </c>
       <c r="G26" s="2" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A27" s="2" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>92</v>
+        <v>75</v>
       </c>
       <c r="D27" s="2" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="E27" s="2" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>30</v>
+        <v>80</v>
       </c>
       <c r="G27" s="2" t="s">
-        <v>70</v>
+        <v>28</v>
       </c>
     </row>
     <row r="28" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A28" s="2" t="s">
-        <v>87</v>
+        <v>99</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>92</v>
+        <v>100</v>
       </c>
       <c r="D28" s="2" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="E28" s="2" t="s">
-        <v>94</v>
+        <v>102</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>16</v>
+        <v>103</v>
       </c>
       <c r="G28" s="2" t="s">
-        <v>17</v>
+        <v>104</v>
       </c>
     </row>
     <row r="29" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A29" s="2" t="s">
-        <v>87</v>
+        <v>99</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>92</v>
+        <v>100</v>
       </c>
       <c r="D29" s="2" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="E29" s="2" t="s">
-        <v>96</v>
+        <v>106</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>30</v>
+        <v>103</v>
       </c>
       <c r="G29" s="2" t="s">
-        <v>17</v>
+        <v>104</v>
       </c>
     </row>
     <row r="30" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A30" s="2" t="s">
-        <v>87</v>
+        <v>99</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="D30" s="2" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="E30" s="2" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>30</v>
+        <v>103</v>
       </c>
       <c r="G30" s="2" t="s">
-        <v>17</v>
+        <v>104</v>
       </c>
     </row>
     <row r="31" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A31" s="2" t="s">
-        <v>100</v>
+        <v>18</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="D31" s="2" t="s">
-        <v>101</v>
+        <v>109</v>
       </c>
       <c r="E31" s="2" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>41</v>
+        <v>103</v>
       </c>
       <c r="G31" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A32" s="2" t="s">
-        <v>100</v>
+        <v>18</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="D32" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="E32" s="2" t="s">
+        <v>112</v>
+      </c>
+      <c r="F32" s="2" t="s">
         <v>103</v>
       </c>
-      <c r="E32" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G32" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
     </row>
     <row r="33" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A33" s="2" t="s">
-        <v>100</v>
+        <v>89</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>82</v>
+        <v>30</v>
       </c>
       <c r="D33" s="2" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
       <c r="E33" s="2" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="G33" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="34" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A34" s="2" t="s">
-        <v>100</v>
+        <v>115</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>82</v>
+        <v>30</v>
       </c>
       <c r="D34" s="2" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="E34" s="2" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="G34" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="35" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A35" s="2" t="s">
-        <v>100</v>
+        <v>65</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="D35" s="2" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="E35" s="2" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="G35" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
     </row>
     <row r="36" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A36" s="2" t="s">
-        <v>100</v>
+        <v>65</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="D36" s="2" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="E36" s="2" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>26</v>
+        <v>103</v>
       </c>
       <c r="G36" s="2" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
     </row>
     <row r="37" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A37" s="2" t="s">
-        <v>100</v>
+        <v>65</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="D37" s="2" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
       <c r="E37" s="2" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>26</v>
+        <v>103</v>
       </c>
       <c r="G37" s="2" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
     </row>
     <row r="38" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A38" s="2" t="s">
-        <v>100</v>
+        <v>65</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="D38" s="2" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="E38" s="2" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>26</v>
+        <v>103</v>
       </c>
       <c r="G38" s="2" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
     </row>
     <row r="39" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A39" s="2" t="s">
-        <v>100</v>
+        <v>65</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="D39" s="2" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
       <c r="E39" s="2" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>26</v>
+        <v>103</v>
       </c>
       <c r="G39" s="2" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
     </row>
     <row r="40" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A40" s="2" t="s">
-        <v>100</v>
+        <v>65</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="D40" s="2" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="E40" s="2" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>26</v>
+        <v>103</v>
       </c>
       <c r="G40" s="2" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
     </row>
     <row r="41" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A41" s="2" t="s">
-        <v>100</v>
+        <v>65</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="D41" s="2" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="E41" s="2" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>26</v>
+        <v>103</v>
       </c>
       <c r="G41" s="2" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
     </row>
     <row r="42" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A42" s="2" t="s">
-        <v>100</v>
+        <v>65</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="D42" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="E42" s="2" t="s">
         <v>119</v>
       </c>
-      <c r="E42" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F42" s="2" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="G42" s="2" t="s">
-        <v>120</v>
+        <v>23</v>
       </c>
     </row>
     <row r="43" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A43" s="2" t="s">
-        <v>100</v>
+        <v>65</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="D43" s="2" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="E43" s="2" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>26</v>
+        <v>103</v>
       </c>
       <c r="G43" s="2" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
     </row>
     <row r="44" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A44" s="2" t="s">
-        <v>100</v>
+        <v>65</v>
       </c>
       <c r="B44" s="2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="D44" s="2" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="E44" s="2" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>26</v>
+        <v>103</v>
       </c>
       <c r="G44" s="2" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
     </row>
     <row r="45" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A45" s="2" t="s">
-        <v>100</v>
+        <v>65</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="D45" s="2" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="E45" s="2" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>30</v>
+        <v>103</v>
       </c>
       <c r="G45" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
     </row>
     <row r="46" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A46" s="2" t="s">
-        <v>100</v>
+        <v>65</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="D46" s="2" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="E46" s="2" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>26</v>
+        <v>103</v>
       </c>
       <c r="G46" s="2" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
     </row>
     <row r="47" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A47" s="2" t="s">
-        <v>100</v>
+        <v>65</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="D47" s="2" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="E47" s="2" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>26</v>
+        <v>103</v>
       </c>
       <c r="G47" s="2" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
     </row>
     <row r="48" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A48" s="2" t="s">
-        <v>100</v>
+        <v>74</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>82</v>
+        <v>75</v>
       </c>
       <c r="D48" s="2" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="E48" s="2" t="s">
-        <v>113</v>
+        <v>133</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>26</v>
+        <v>103</v>
       </c>
       <c r="G48" s="2" t="s">
-        <v>51</v>
+        <v>17</v>
       </c>
     </row>
     <row r="49" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A49" s="2" t="s">
-        <v>100</v>
+        <v>134</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>82</v>
+        <v>13</v>
       </c>
       <c r="D49" s="2" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="E49" s="2" t="s">
-        <v>113</v>
+        <v>136</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>26</v>
+        <v>137</v>
       </c>
       <c r="G49" s="2" t="s">
-        <v>51</v>
+        <v>17</v>
       </c>
     </row>
     <row r="50" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A50" s="2" t="s">
-        <v>100</v>
+        <v>138</v>
       </c>
       <c r="B50" s="2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>82</v>
+        <v>25</v>
       </c>
       <c r="D50" s="2" t="s">
-        <v>128</v>
+        <v>139</v>
       </c>
       <c r="E50" s="2" t="s">
-        <v>129</v>
+        <v>140</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>105</v>
+        <v>141</v>
       </c>
       <c r="G50" s="2" t="s">
-        <v>120</v>
+        <v>142</v>
       </c>
     </row>
     <row r="51" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A51" s="2" t="s">
-        <v>100</v>
+        <v>143</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>82</v>
+        <v>13</v>
       </c>
       <c r="D51" s="2" t="s">
-        <v>130</v>
+        <v>144</v>
       </c>
       <c r="E51" s="2" t="s">
-        <v>131</v>
+        <v>145</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>132</v>
+        <v>141</v>
       </c>
       <c r="G51" s="2" t="s">
-        <v>70</v>
+        <v>146</v>
       </c>
     </row>
     <row r="52" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A52" s="2" t="s">
-        <v>100</v>
+        <v>65</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="D52" s="2" t="s">
-        <v>133</v>
+        <v>147</v>
       </c>
       <c r="E52" s="2" t="s">
-        <v>113</v>
+        <v>148</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>26</v>
+        <v>141</v>
       </c>
       <c r="G52" s="2" t="s">
-        <v>51</v>
+        <v>146</v>
       </c>
     </row>
     <row r="53" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A53" s="2" t="s">
-        <v>134</v>
+        <v>24</v>
       </c>
       <c r="B53" s="2" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>135</v>
+        <v>62</v>
       </c>
       <c r="D53" s="2" t="s">
-        <v>136</v>
+        <v>149</v>
       </c>
       <c r="E53" s="2" t="s">
-        <v>137</v>
+        <v>150</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>138</v>
+        <v>151</v>
       </c>
       <c r="G53" s="2" t="s">
-        <v>51</v>
+        <v>104</v>
       </c>
     </row>
     <row r="54" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A54" s="2" t="s">
-        <v>139</v>
+        <v>24</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>140</v>
+        <v>62</v>
       </c>
       <c r="D54" s="2" t="s">
-        <v>141</v>
+        <v>152</v>
       </c>
       <c r="E54" s="2" t="s">
-        <v>142</v>
+        <v>153</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>138</v>
+        <v>151</v>
       </c>
       <c r="G54" s="2" t="s">
-        <v>120</v>
+        <v>104</v>
       </c>
     </row>
     <row r="55" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A55" s="2" t="s">
-        <v>139</v>
+        <v>24</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>140</v>
+        <v>62</v>
       </c>
       <c r="D55" s="2" t="s">
-        <v>143</v>
+        <v>154</v>
       </c>
       <c r="E55" s="2" t="s">
-        <v>142</v>
+        <v>155</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>138</v>
+        <v>151</v>
       </c>
       <c r="G55" s="2" t="s">
-        <v>120</v>
+        <v>146</v>
       </c>
     </row>
     <row r="56" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A56" s="2" t="s">
-        <v>139</v>
+        <v>24</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>140</v>
+        <v>62</v>
       </c>
       <c r="D56" s="2" t="s">
-        <v>144</v>
+        <v>156</v>
       </c>
       <c r="E56" s="2" t="s">
-        <v>145</v>
+        <v>157</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>16</v>
+        <v>151</v>
       </c>
       <c r="G56" s="2" t="s">
-        <v>120</v>
+        <v>104</v>
       </c>
     </row>
     <row r="57" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A57" s="2" t="s">
-        <v>139</v>
+        <v>24</v>
       </c>
       <c r="B57" s="2" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>146</v>
+        <v>62</v>
       </c>
       <c r="D57" s="2" t="s">
-        <v>147</v>
+        <v>158</v>
       </c>
       <c r="E57" s="2" t="s">
-        <v>148</v>
+        <v>159</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>105</v>
+        <v>151</v>
       </c>
       <c r="G57" s="2" t="s">
-        <v>149</v>
+        <v>28</v>
       </c>
     </row>
     <row r="58" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A58" s="2" t="s">
-        <v>139</v>
+        <v>24</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>146</v>
+        <v>62</v>
       </c>
       <c r="D58" s="2" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="E58" s="2" t="s">
+        <v>161</v>
+      </c>
+      <c r="F58" s="2" t="s">
         <v>151</v>
       </c>
-      <c r="F58" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G58" s="2" t="s">
-        <v>70</v>
+        <v>104</v>
       </c>
     </row>
     <row r="59" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A59" s="2" t="s">
-        <v>139</v>
+        <v>65</v>
       </c>
       <c r="B59" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>146</v>
+        <v>66</v>
       </c>
       <c r="D59" s="2" t="s">
-        <v>152</v>
+        <v>162</v>
       </c>
       <c r="E59" s="2" t="s">
-        <v>153</v>
+        <v>163</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>105</v>
+        <v>151</v>
       </c>
       <c r="G59" s="2" t="s">
-        <v>149</v>
+        <v>28</v>
       </c>
     </row>
     <row r="60" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A60" s="2" t="s">
-        <v>139</v>
+        <v>65</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>146</v>
+        <v>66</v>
       </c>
       <c r="D60" s="2" t="s">
-        <v>154</v>
+        <v>164</v>
       </c>
       <c r="E60" s="2" t="s">
-        <v>155</v>
+        <v>165</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>105</v>
+        <v>151</v>
       </c>
       <c r="G60" s="2" t="s">
-        <v>149</v>
+        <v>17</v>
       </c>
     </row>
     <row r="61" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A61" s="2" t="s">
-        <v>139</v>
+        <v>65</v>
       </c>
       <c r="B61" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>146</v>
+        <v>66</v>
       </c>
       <c r="D61" s="2" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="E61" s="2" t="s">
-        <v>157</v>
+        <v>167</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>105</v>
+        <v>151</v>
       </c>
       <c r="G61" s="2" t="s">
-        <v>149</v>
+        <v>17</v>
       </c>
     </row>
     <row r="62" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A62" s="2" t="s">
-        <v>139</v>
+        <v>65</v>
       </c>
       <c r="B62" s="2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>146</v>
+        <v>66</v>
       </c>
       <c r="D62" s="2" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="E62" s="2" t="s">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>30</v>
+        <v>151</v>
       </c>
       <c r="G62" s="2" t="s">
-        <v>70</v>
+        <v>17</v>
       </c>
     </row>
     <row r="63" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A63" s="2" t="s">
-        <v>139</v>
+        <v>65</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>146</v>
+        <v>66</v>
       </c>
       <c r="D63" s="2" t="s">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="E63" s="2" t="s">
-        <v>161</v>
+        <v>171</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>105</v>
+        <v>151</v>
       </c>
       <c r="G63" s="2" t="s">
-        <v>120</v>
+        <v>17</v>
       </c>
     </row>
     <row r="64" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A64" s="2" t="s">
-        <v>162</v>
+        <v>65</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>77</v>
+        <v>66</v>
       </c>
       <c r="D64" s="2" t="s">
-        <v>163</v>
+        <v>172</v>
       </c>
       <c r="E64" s="2" t="s">
-        <v>164</v>
+        <v>119</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>16</v>
+        <v>151</v>
       </c>
       <c r="G64" s="2" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
     </row>
     <row r="65" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A65" s="2" t="s">
-        <v>162</v>
+        <v>173</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>77</v>
+        <v>174</v>
       </c>
       <c r="D65" s="2" t="s">
-        <v>165</v>
+        <v>175</v>
       </c>
       <c r="E65" s="2" t="s">
-        <v>166</v>
+        <v>176</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>138</v>
+        <v>177</v>
       </c>
       <c r="G65" s="2" t="s">
-        <v>167</v>
+        <v>17</v>
       </c>
     </row>
     <row r="66" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A66" s="2" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>169</v>
+        <v>25</v>
       </c>
       <c r="D66" s="2" t="s">
-        <v>170</v>
+        <v>179</v>
       </c>
       <c r="E66" s="2" t="s">
-        <v>171</v>
+        <v>180</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>30</v>
+        <v>181</v>
       </c>
       <c r="G66" s="2" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
     </row>
     <row r="67" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A67" s="2" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>169</v>
+        <v>25</v>
       </c>
       <c r="D67" s="2" t="s">
-        <v>172</v>
+        <v>182</v>
       </c>
       <c r="E67" s="2" t="s">
-        <v>173</v>
+        <v>183</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>30</v>
+        <v>181</v>
       </c>
       <c r="G67" s="2" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
     </row>
     <row r="68" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A68" s="2" t="s">
-        <v>174</v>
+        <v>184</v>
       </c>
       <c r="B68" s="2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D68" s="2" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="E68" s="2" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>26</v>
+        <v>181</v>
       </c>
       <c r="G68" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="69" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A69" s="2" t="s">
-        <v>174</v>
+        <v>138</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="D69" s="2" t="s">
-        <v>177</v>
+        <v>187</v>
       </c>
       <c r="E69" s="2" t="s">
-        <v>178</v>
+        <v>187</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>138</v>
+        <v>181</v>
       </c>
       <c r="G69" s="2" t="s">
-        <v>17</v>
+        <v>142</v>
       </c>
     </row>
     <row r="70" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A70" s="2" t="s">
-        <v>174</v>
+        <v>188</v>
       </c>
       <c r="B70" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="C70" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="D70" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="E70" s="2" t="s">
+        <v>191</v>
+      </c>
+      <c r="F70" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="G70" s="2" t="s">
         <v>146</v>
-      </c>
-[...10 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="71" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A71" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="B71" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C71" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="D71" s="2" t="s">
+        <v>192</v>
+      </c>
+      <c r="E71" s="2" t="s">
+        <v>193</v>
+      </c>
+      <c r="F71" s="2" t="s">
         <v>181</v>
       </c>
-      <c r="B71" s="2" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G71" s="2" t="s">
-        <v>17</v>
+        <v>146</v>
       </c>
     </row>
     <row r="72" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A72" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="B72" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C72" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="D72" s="2" t="s">
+        <v>194</v>
+      </c>
+      <c r="E72" s="2" t="s">
+        <v>194</v>
+      </c>
+      <c r="F72" s="2" t="s">
         <v>181</v>
       </c>
-      <c r="B72" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C72" s="2" t="s">
+      <c r="G72" s="2" t="s">
         <v>146</v>
-      </c>
-[...10 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="73" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A73" s="2" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="B73" s="2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C73" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="D73" s="2" t="s">
+        <v>195</v>
+      </c>
+      <c r="E73" s="2" t="s">
+        <v>196</v>
+      </c>
+      <c r="F73" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="G73" s="2" t="s">
         <v>146</v>
-      </c>
-[...10 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="74" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A74" s="2" t="s">
-        <v>188</v>
+        <v>53</v>
       </c>
       <c r="B74" s="2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>13</v>
+        <v>197</v>
       </c>
       <c r="D74" s="2" t="s">
-        <v>189</v>
+        <v>198</v>
       </c>
       <c r="E74" s="2" t="s">
-        <v>190</v>
+        <v>199</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>16</v>
+        <v>181</v>
       </c>
       <c r="G74" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="75" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A75" s="2" t="s">
-        <v>188</v>
+        <v>24</v>
       </c>
       <c r="B75" s="2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>13</v>
+        <v>62</v>
       </c>
       <c r="D75" s="2" t="s">
-        <v>191</v>
+        <v>200</v>
       </c>
       <c r="E75" s="2" t="s">
-        <v>192</v>
+        <v>201</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>16</v>
+        <v>181</v>
       </c>
       <c r="G75" s="2" t="s">
-        <v>17</v>
+        <v>146</v>
       </c>
     </row>
     <row r="76" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A76" s="2" t="s">
-        <v>193</v>
+        <v>89</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>77</v>
+        <v>62</v>
       </c>
       <c r="D76" s="2" t="s">
-        <v>194</v>
+        <v>202</v>
       </c>
       <c r="E76" s="2" t="s">
-        <v>195</v>
+        <v>203</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>132</v>
+        <v>181</v>
       </c>
       <c r="G76" s="2" t="s">
-        <v>70</v>
+        <v>146</v>
       </c>
     </row>
     <row r="77" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A77" s="2" t="s">
-        <v>196</v>
+        <v>204</v>
       </c>
       <c r="B77" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>169</v>
+        <v>62</v>
       </c>
       <c r="D77" s="2" t="s">
-        <v>197</v>
+        <v>205</v>
       </c>
       <c r="E77" s="2" t="s">
-        <v>198</v>
+        <v>206</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>138</v>
+        <v>181</v>
       </c>
       <c r="G77" s="2" t="s">
-        <v>120</v>
+        <v>17</v>
       </c>
     </row>
     <row r="78" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A78" s="2" t="s">
-        <v>196</v>
+        <v>115</v>
       </c>
       <c r="B78" s="2" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>169</v>
+        <v>30</v>
       </c>
       <c r="D78" s="2" t="s">
-        <v>199</v>
+        <v>207</v>
       </c>
       <c r="E78" s="2" t="s">
-        <v>200</v>
+        <v>208</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>138</v>
+        <v>181</v>
       </c>
       <c r="G78" s="2" t="s">
-        <v>120</v>
+        <v>17</v>
       </c>
     </row>
     <row r="79" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A79" s="2" t="s">
-        <v>196</v>
+        <v>209</v>
       </c>
       <c r="B79" s="2" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>169</v>
+        <v>66</v>
       </c>
       <c r="D79" s="2" t="s">
-        <v>201</v>
+        <v>210</v>
       </c>
       <c r="E79" s="2" t="s">
-        <v>202</v>
+        <v>211</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>138</v>
+        <v>181</v>
       </c>
       <c r="G79" s="2" t="s">
-        <v>120</v>
+        <v>146</v>
       </c>
     </row>
     <row r="80" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A80" s="2" t="s">
-        <v>203</v>
+        <v>209</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>169</v>
+        <v>66</v>
       </c>
       <c r="D80" s="2" t="s">
-        <v>204</v>
+        <v>212</v>
       </c>
       <c r="E80" s="2" t="s">
-        <v>205</v>
+        <v>213</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>41</v>
+        <v>181</v>
       </c>
       <c r="G80" s="2" t="s">
-        <v>17</v>
+        <v>146</v>
       </c>
     </row>
     <row r="81" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A81" s="2" t="s">
-        <v>203</v>
+        <v>65</v>
       </c>
       <c r="B81" s="2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>169</v>
+        <v>66</v>
       </c>
       <c r="D81" s="2" t="s">
-        <v>206</v>
+        <v>214</v>
       </c>
       <c r="E81" s="2" t="s">
-        <v>207</v>
+        <v>119</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>26</v>
+        <v>181</v>
       </c>
       <c r="G81" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="82" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A82" s="2" t="s">
-        <v>208</v>
+        <v>71</v>
       </c>
       <c r="B82" s="2" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>209</v>
+        <v>50</v>
       </c>
       <c r="D82" s="2" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="E82" s="2" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>212</v>
+        <v>181</v>
       </c>
       <c r="G82" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="83" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A83" s="2" t="s">
-        <v>213</v>
+        <v>53</v>
       </c>
       <c r="B83" s="2" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>140</v>
+        <v>50</v>
       </c>
       <c r="D83" s="2" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="E83" s="2" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>30</v>
+        <v>181</v>
       </c>
       <c r="G83" s="2" t="s">
-        <v>215</v>
+        <v>17</v>
       </c>
     </row>
     <row r="84" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A84" s="2" t="s">
-        <v>213</v>
+        <v>53</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>140</v>
+        <v>50</v>
       </c>
       <c r="D84" s="2" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="E84" s="2" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>132</v>
+        <v>181</v>
       </c>
       <c r="G84" s="2" t="s">
-        <v>215</v>
+        <v>17</v>
       </c>
     </row>
     <row r="85" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A85" s="2" t="s">
-        <v>218</v>
+        <v>53</v>
       </c>
       <c r="B85" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>219</v>
+        <v>54</v>
       </c>
       <c r="D85" s="2" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="E85" s="2" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>26</v>
+        <v>181</v>
       </c>
       <c r="G85" s="2" t="s">
-        <v>149</v>
+        <v>17</v>
       </c>
     </row>
     <row r="86" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A86" s="2" t="s">
-        <v>218</v>
+        <v>53</v>
       </c>
       <c r="B86" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>219</v>
+        <v>54</v>
       </c>
       <c r="D86" s="2" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="E86" s="2" t="s">
         <v>223</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>26</v>
+        <v>181</v>
       </c>
       <c r="G86" s="2" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
     </row>
     <row r="87" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A87" s="2" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="B87" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>219</v>
+        <v>75</v>
       </c>
       <c r="D87" s="2" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="E87" s="2" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>26</v>
+        <v>181</v>
       </c>
       <c r="G87" s="2" t="s">
-        <v>149</v>
+        <v>17</v>
       </c>
     </row>
     <row r="88" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A88" s="2" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="B88" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>140</v>
+        <v>75</v>
       </c>
       <c r="D88" s="2" t="s">
         <v>227</v>
       </c>
       <c r="E88" s="2" t="s">
         <v>228</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>30</v>
+        <v>181</v>
       </c>
       <c r="G88" s="2" t="s">
-        <v>120</v>
+        <v>17</v>
       </c>
     </row>
     <row r="89" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A89" s="2" t="s">
-        <v>226</v>
+        <v>11</v>
       </c>
       <c r="B89" s="2" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>140</v>
+        <v>37</v>
       </c>
       <c r="D89" s="2" t="s">
         <v>229</v>
       </c>
       <c r="E89" s="2" t="s">
         <v>230</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>30</v>
+        <v>231</v>
       </c>
       <c r="G89" s="2" t="s">
-        <v>120</v>
+        <v>17</v>
       </c>
     </row>
     <row r="90" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A90" s="2" t="s">
-        <v>231</v>
+        <v>61</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>140</v>
+        <v>62</v>
       </c>
       <c r="D90" s="2" t="s">
         <v>232</v>
       </c>
       <c r="E90" s="2" t="s">
         <v>233</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>30</v>
+        <v>234</v>
       </c>
       <c r="G90" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="91" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A91" s="2" t="s">
-        <v>37</v>
+        <v>99</v>
       </c>
       <c r="B91" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>38</v>
+        <v>100</v>
       </c>
       <c r="D91" s="2" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="E91" s="2" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="G91" s="2" t="s">
-        <v>17</v>
+        <v>104</v>
       </c>
     </row>
     <row r="92" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A92" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="B92" s="2" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>52</v>
+        <v>20</v>
       </c>
       <c r="D92" s="2" t="s">
+        <v>238</v>
+      </c>
+      <c r="E92" s="2" t="s">
+        <v>239</v>
+      </c>
+      <c r="F92" s="2" t="s">
         <v>237</v>
       </c>
-      <c r="E92" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G92" s="2" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
     </row>
     <row r="93" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A93" s="2" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="B93" s="2" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>52</v>
+        <v>20</v>
       </c>
       <c r="D93" s="2" t="s">
         <v>240</v>
       </c>
       <c r="E93" s="2" t="s">
         <v>240</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="G93" s="2" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
     </row>
     <row r="94" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A94" s="2" t="s">
-        <v>76</v>
+        <v>53</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>77</v>
+        <v>62</v>
       </c>
       <c r="D94" s="2" t="s">
         <v>241</v>
       </c>
       <c r="E94" s="2" t="s">
         <v>242</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>243</v>
       </c>
       <c r="G94" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="95" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A95" s="2" t="s">
-        <v>81</v>
+        <v>53</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>82</v>
+        <v>54</v>
       </c>
       <c r="D95" s="2" t="s">
         <v>244</v>
       </c>
       <c r="E95" s="2" t="s">
         <v>245</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="G95" s="2" t="s">
-        <v>70</v>
+        <v>17</v>
       </c>
     </row>
     <row r="96" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A96" s="2" t="s">
-        <v>81</v>
+        <v>53</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>82</v>
+        <v>54</v>
       </c>
       <c r="D96" s="2" t="s">
+        <v>246</v>
+      </c>
+      <c r="E96" s="2" t="s">
         <v>247</v>
       </c>
-      <c r="E96" s="2" t="s">
+      <c r="F96" s="2" t="s">
+        <v>243</v>
+      </c>
+      <c r="G96" s="2" t="s">
         <v>248</v>
-      </c>
-[...4 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="97" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A97" s="2" t="s">
-        <v>81</v>
+        <v>134</v>
       </c>
       <c r="B97" s="2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>82</v>
+        <v>13</v>
       </c>
       <c r="D97" s="2" t="s">
         <v>249</v>
       </c>
       <c r="E97" s="2" t="s">
         <v>250</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="G97" s="2" t="s">
-        <v>70</v>
+        <v>17</v>
       </c>
     </row>
     <row r="98" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A98" s="2" t="s">
-        <v>81</v>
+        <v>24</v>
       </c>
       <c r="B98" s="2" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>82</v>
+        <v>62</v>
       </c>
       <c r="D98" s="2" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="E98" s="2" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>236</v>
+        <v>254</v>
       </c>
       <c r="G98" s="2" t="s">
-        <v>70</v>
+        <v>104</v>
       </c>
     </row>
     <row r="99" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A99" s="2" t="s">
-        <v>81</v>
+        <v>65</v>
       </c>
       <c r="B99" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="D99" s="2" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="E99" s="2" t="s">
+        <v>256</v>
+      </c>
+      <c r="F99" s="2" t="s">
         <v>254</v>
       </c>
-      <c r="F99" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G99" s="2" t="s">
-        <v>70</v>
+        <v>17</v>
       </c>
     </row>
     <row r="100" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A100" s="2" t="s">
-        <v>81</v>
+        <v>173</v>
       </c>
       <c r="B100" s="2" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>82</v>
+        <v>174</v>
       </c>
       <c r="D100" s="2" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="E100" s="2" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>236</v>
+        <v>259</v>
       </c>
       <c r="G100" s="2" t="s">
-        <v>70</v>
+        <v>17</v>
       </c>
     </row>
     <row r="101" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A101" s="2" t="s">
-        <v>87</v>
+        <v>178</v>
       </c>
       <c r="B101" s="2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>92</v>
+        <v>25</v>
       </c>
       <c r="D101" s="2" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="E101" s="2" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>236</v>
+        <v>262</v>
       </c>
       <c r="G101" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="102" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A102" s="2" t="s">
-        <v>87</v>
+        <v>178</v>
       </c>
       <c r="B102" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>92</v>
+        <v>25</v>
       </c>
       <c r="D102" s="2" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="E102" s="2" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="G102" s="2" t="s">
-        <v>262</v>
+        <v>17</v>
       </c>
     </row>
     <row r="103" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A103" s="2" t="s">
-        <v>87</v>
+        <v>178</v>
       </c>
       <c r="B103" s="2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>92</v>
+        <v>25</v>
       </c>
       <c r="D103" s="2" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="E103" s="2" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>236</v>
+        <v>262</v>
       </c>
       <c r="G103" s="2" t="s">
-        <v>70</v>
+        <v>17</v>
       </c>
     </row>
     <row r="104" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A104" s="2" t="s">
-        <v>87</v>
+        <v>143</v>
       </c>
       <c r="B104" s="2" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>92</v>
+        <v>13</v>
       </c>
       <c r="D104" s="2" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="E104" s="2" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="G104" s="2" t="s">
-        <v>17</v>
+        <v>269</v>
       </c>
     </row>
     <row r="105" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A105" s="2" t="s">
-        <v>87</v>
+        <v>173</v>
       </c>
       <c r="B105" s="2" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>146</v>
+        <v>174</v>
       </c>
       <c r="D105" s="2" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="E105" s="2" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="G105" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="106" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A106" s="2" t="s">
-        <v>100</v>
+        <v>173</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>82</v>
+        <v>174</v>
       </c>
       <c r="D106" s="2" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="E106" s="2" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>270</v>
+        <v>262</v>
       </c>
       <c r="G106" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="107" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A107" s="2" t="s">
-        <v>100</v>
+        <v>204</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>82</v>
+        <v>62</v>
       </c>
       <c r="D107" s="2" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="E107" s="2" t="s">
-        <v>113</v>
+        <v>274</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>246</v>
+        <v>262</v>
       </c>
       <c r="G107" s="2" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
     </row>
     <row r="108" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A108" s="2" t="s">
-        <v>100</v>
+        <v>204</v>
       </c>
       <c r="B108" s="2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>82</v>
+        <v>62</v>
       </c>
       <c r="D108" s="2" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="E108" s="2" t="s">
-        <v>113</v>
+        <v>276</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>246</v>
+        <v>262</v>
       </c>
       <c r="G108" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="109" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A109" s="2" t="s">
-        <v>100</v>
+        <v>209</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="D109" s="2" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="E109" s="2" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>246</v>
+        <v>262</v>
       </c>
       <c r="G109" s="2" t="s">
-        <v>17</v>
+        <v>146</v>
       </c>
     </row>
     <row r="110" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A110" s="2" t="s">
-        <v>100</v>
+        <v>209</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="D110" s="2" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="E110" s="2" t="s">
-        <v>113</v>
+        <v>280</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>246</v>
+        <v>262</v>
       </c>
       <c r="G110" s="2" t="s">
-        <v>17</v>
+        <v>146</v>
       </c>
     </row>
     <row r="111" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A111" s="2" t="s">
-        <v>100</v>
+        <v>209</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="D111" s="2" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="E111" s="2" t="s">
-        <v>113</v>
+        <v>282</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>246</v>
+        <v>262</v>
       </c>
       <c r="G111" s="2" t="s">
-        <v>17</v>
+        <v>146</v>
       </c>
     </row>
     <row r="112" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A112" s="2" t="s">
-        <v>100</v>
+        <v>143</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D112" s="2" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="E112" s="2" t="s">
-        <v>113</v>
+        <v>284</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>246</v>
+        <v>262</v>
       </c>
       <c r="G112" s="2" t="s">
-        <v>17</v>
+        <v>269</v>
       </c>
     </row>
     <row r="113" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A113" s="2" t="s">
-        <v>134</v>
+        <v>71</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>135</v>
+        <v>50</v>
       </c>
       <c r="D113" s="2" t="s">
-        <v>278</v>
+        <v>285</v>
       </c>
       <c r="E113" s="2" t="s">
-        <v>279</v>
+        <v>286</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>280</v>
+        <v>262</v>
       </c>
       <c r="G113" s="2" t="s">
-        <v>51</v>
+        <v>17</v>
       </c>
     </row>
     <row r="114" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A114" s="2" t="s">
-        <v>139</v>
+        <v>53</v>
       </c>
       <c r="B114" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>146</v>
+        <v>54</v>
       </c>
       <c r="D114" s="2" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
       <c r="E114" s="2" t="s">
-        <v>282</v>
+        <v>288</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>270</v>
+        <v>262</v>
       </c>
       <c r="G114" s="2" t="s">
-        <v>149</v>
+        <v>17</v>
       </c>
     </row>
     <row r="115" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A115" s="2" t="s">
-        <v>162</v>
+        <v>53</v>
       </c>
       <c r="B115" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="D115" s="2" t="s">
-        <v>283</v>
+        <v>289</v>
       </c>
       <c r="E115" s="2" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>285</v>
+        <v>262</v>
       </c>
       <c r="G115" s="2" t="s">
-        <v>17</v>
+        <v>146</v>
       </c>
     </row>
     <row r="116" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A116" s="2" t="s">
-        <v>168</v>
+        <v>224</v>
       </c>
       <c r="B116" s="2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>169</v>
+        <v>75</v>
       </c>
       <c r="D116" s="2" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="E116" s="2" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>236</v>
+        <v>262</v>
       </c>
       <c r="G116" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="117" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A117" s="2" t="s">
-        <v>168</v>
+        <v>224</v>
       </c>
       <c r="B117" s="2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>169</v>
+        <v>75</v>
       </c>
       <c r="D117" s="2" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="E117" s="2" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>246</v>
+        <v>262</v>
       </c>
       <c r="G117" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="118" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A118" s="2" t="s">
-        <v>168</v>
+        <v>85</v>
       </c>
       <c r="B118" s="2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>169</v>
+        <v>86</v>
       </c>
       <c r="D118" s="2" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="E118" s="2" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>236</v>
+        <v>296</v>
       </c>
       <c r="G118" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
     </row>
     <row r="119" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A119" s="2" t="s">
-        <v>181</v>
+        <v>99</v>
       </c>
       <c r="B119" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>146</v>
+        <v>100</v>
       </c>
       <c r="D119" s="2" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="E119" s="2" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="G119" s="2" t="s">
-        <v>17</v>
+        <v>104</v>
       </c>
     </row>
     <row r="120" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A120" s="2" t="s">
-        <v>185</v>
+        <v>173</v>
       </c>
       <c r="B120" s="2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>146</v>
+        <v>174</v>
       </c>
       <c r="D120" s="2" t="s">
-        <v>295</v>
+        <v>300</v>
       </c>
       <c r="E120" s="2" t="s">
-        <v>296</v>
+        <v>301</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>246</v>
+        <v>302</v>
       </c>
       <c r="G120" s="2" t="s">
-        <v>70</v>
+        <v>17</v>
       </c>
     </row>
     <row r="121" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A121" s="2" t="s">
-        <v>185</v>
+        <v>204</v>
       </c>
       <c r="B121" s="2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C121" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D121" s="2" t="s">
+        <v>303</v>
+      </c>
+      <c r="E121" s="2" t="s">
+        <v>304</v>
+      </c>
+      <c r="F121" s="2" t="s">
+        <v>305</v>
+      </c>
+      <c r="G121" s="2" t="s">
         <v>146</v>
-      </c>
-[...10 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="122" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A122" s="2" t="s">
-        <v>185</v>
+        <v>204</v>
       </c>
       <c r="B122" s="2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C122" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D122" s="2" t="s">
+        <v>306</v>
+      </c>
+      <c r="E122" s="2" t="s">
+        <v>307</v>
+      </c>
+      <c r="F122" s="2" t="s">
+        <v>305</v>
+      </c>
+      <c r="G122" s="2" t="s">
         <v>146</v>
-      </c>
-[...10 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="123" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A123" s="2" t="s">
-        <v>185</v>
+        <v>204</v>
       </c>
       <c r="B123" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>146</v>
+        <v>62</v>
       </c>
       <c r="D123" s="2" t="s">
-        <v>301</v>
+        <v>308</v>
       </c>
       <c r="E123" s="2" t="s">
-        <v>302</v>
+        <v>309</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>236</v>
+        <v>305</v>
       </c>
       <c r="G123" s="2" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
     </row>
     <row r="124" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A124" s="2" t="s">
-        <v>185</v>
+        <v>209</v>
       </c>
       <c r="B124" s="2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C124" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="D124" s="2" t="s">
+        <v>310</v>
+      </c>
+      <c r="E124" s="2" t="s">
+        <v>311</v>
+      </c>
+      <c r="F124" s="2" t="s">
+        <v>305</v>
+      </c>
+      <c r="G124" s="2" t="s">
         <v>146</v>
-      </c>
-[...10 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="125" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A125" s="2" t="s">
-        <v>188</v>
+        <v>209</v>
       </c>
       <c r="B125" s="2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>13</v>
+        <v>66</v>
       </c>
       <c r="D125" s="2" t="s">
+        <v>312</v>
+      </c>
+      <c r="E125" s="2" t="s">
+        <v>313</v>
+      </c>
+      <c r="F125" s="2" t="s">
         <v>305</v>
       </c>
-      <c r="E125" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G125" s="2" t="s">
-        <v>17</v>
+        <v>146</v>
       </c>
     </row>
     <row r="126" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A126" s="2" t="s">
-        <v>188</v>
+        <v>209</v>
       </c>
       <c r="B126" s="2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>13</v>
+        <v>66</v>
       </c>
       <c r="D126" s="2" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="E126" s="2" t="s">
-        <v>306</v>
+        <v>315</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>246</v>
+        <v>305</v>
       </c>
       <c r="G126" s="2" t="s">
-        <v>17</v>
+        <v>146</v>
       </c>
     </row>
     <row r="127" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A127" s="2" t="s">
-        <v>193</v>
+        <v>65</v>
       </c>
       <c r="B127" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>135</v>
+        <v>66</v>
       </c>
       <c r="D127" s="2" t="s">
-        <v>308</v>
+        <v>316</v>
       </c>
       <c r="E127" s="2" t="s">
-        <v>309</v>
+        <v>119</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>236</v>
+        <v>305</v>
       </c>
       <c r="G127" s="2" t="s">
-        <v>310</v>
+        <v>17</v>
       </c>
     </row>
     <row r="128" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A128" s="2" t="s">
-        <v>193</v>
+        <v>65</v>
       </c>
       <c r="B128" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>77</v>
+        <v>66</v>
       </c>
       <c r="D128" s="2" t="s">
-        <v>311</v>
+        <v>317</v>
       </c>
       <c r="E128" s="2" t="s">
-        <v>312</v>
+        <v>119</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>236</v>
+        <v>305</v>
       </c>
       <c r="G128" s="2" t="s">
-        <v>310</v>
+        <v>17</v>
       </c>
     </row>
     <row r="129" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A129" s="2" t="s">
-        <v>208</v>
+        <v>65</v>
       </c>
       <c r="B129" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>209</v>
+        <v>66</v>
       </c>
       <c r="D129" s="2" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
       <c r="E129" s="2" t="s">
-        <v>313</v>
+        <v>119</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>236</v>
+        <v>305</v>
       </c>
       <c r="G129" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="130" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A130" s="2" t="s">
-        <v>208</v>
+        <v>65</v>
       </c>
       <c r="B130" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>209</v>
+        <v>66</v>
       </c>
       <c r="D130" s="2" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="E130" s="2" t="s">
-        <v>315</v>
+        <v>119</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>236</v>
+        <v>305</v>
       </c>
       <c r="G130" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="131" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A131" s="2" t="s">
-        <v>208</v>
+        <v>65</v>
       </c>
       <c r="B131" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>209</v>
+        <v>66</v>
       </c>
       <c r="D131" s="2" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="E131" s="2" t="s">
-        <v>317</v>
+        <v>119</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>318</v>
+        <v>305</v>
       </c>
       <c r="G131" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="132" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A132" s="2" t="s">
-        <v>208</v>
+        <v>65</v>
       </c>
       <c r="B132" s="2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>209</v>
+        <v>66</v>
       </c>
       <c r="D132" s="2" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="E132" s="2" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>321</v>
+        <v>305</v>
       </c>
       <c r="G132" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="133" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A133" s="2" t="s">
-        <v>218</v>
+        <v>44</v>
       </c>
       <c r="B133" s="2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>219</v>
+        <v>37</v>
       </c>
       <c r="D133" s="2" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="E133" s="2" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>324</v>
+        <v>305</v>
       </c>
       <c r="G133" s="2" t="s">
-        <v>149</v>
+        <v>17</v>
       </c>
     </row>
     <row r="134" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A134" s="2" t="s">
-        <v>218</v>
+        <v>44</v>
       </c>
       <c r="B134" s="2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>219</v>
+        <v>37</v>
       </c>
       <c r="D134" s="2" t="s">
         <v>325</v>
       </c>
       <c r="E134" s="2" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>239</v>
+        <v>305</v>
       </c>
       <c r="G134" s="2" t="s">
-        <v>149</v>
+        <v>17</v>
       </c>
     </row>
     <row r="135" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A135" s="2" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="B135" s="2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>140</v>
+        <v>75</v>
       </c>
       <c r="D135" s="2" t="s">
+        <v>326</v>
+      </c>
+      <c r="E135" s="2" t="s">
         <v>327</v>
       </c>
-      <c r="E135" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F135" s="2" t="s">
-        <v>236</v>
+        <v>305</v>
       </c>
       <c r="G135" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="136" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A136" s="2" t="s">
-        <v>226</v>
+        <v>173</v>
       </c>
       <c r="B136" s="2" t="s">
-        <v>12</v>
+        <v>328</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>140</v>
+        <v>174</v>
       </c>
       <c r="D136" s="2" t="s">
         <v>329</v>
       </c>
       <c r="E136" s="2" t="s">
         <v>330</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>236</v>
+        <v>181</v>
       </c>
       <c r="G136" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="137" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A137" s="2" t="s">
-        <v>226</v>
+        <v>115</v>
       </c>
       <c r="B137" s="2" t="s">
-        <v>12</v>
+        <v>331</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>140</v>
+        <v>30</v>
       </c>
       <c r="D137" s="2" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="E137" s="2" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>236</v>
+        <v>181</v>
       </c>
       <c r="G137" s="2" t="s">
-        <v>17</v>
+        <v>146</v>
       </c>
     </row>
     <row r="138" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A138" s="2" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="B138" s="2" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="D138" s="2" t="s">
         <v>334</v>
       </c>
       <c r="E138" s="2" t="s">
         <v>335</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>236</v>
+        <v>262</v>
       </c>
       <c r="G138" s="2" t="s">
-        <v>70</v>
+        <v>146</v>
       </c>
     </row>
     <row r="139" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A139" s="2" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="B139" s="2" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="D139" s="2" t="s">
         <v>336</v>
       </c>
       <c r="E139" s="2" t="s">
         <v>337</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>236</v>
+        <v>262</v>
       </c>
       <c r="G139" s="2" t="s">
-        <v>70</v>
+        <v>146</v>
       </c>
     </row>
     <row r="140" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A140" s="2" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="B140" s="2" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="D140" s="2" t="s">
         <v>338</v>
       </c>
       <c r="E140" s="2" t="s">
         <v>339</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>236</v>
+        <v>262</v>
       </c>
       <c r="G140" s="2" t="s">
-        <v>70</v>
+        <v>146</v>
       </c>
     </row>
     <row r="141" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A141" s="2" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="B141" s="2" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="D141" s="2" t="s">
         <v>340</v>
       </c>
       <c r="E141" s="2" t="s">
         <v>341</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>236</v>
+        <v>262</v>
       </c>
       <c r="G141" s="2" t="s">
-        <v>70</v>
+        <v>146</v>
       </c>
     </row>
     <row r="142" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A142" s="2" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="B142" s="2" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="D142" s="2" t="s">
         <v>342</v>
       </c>
       <c r="E142" s="2" t="s">
         <v>343</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>30</v>
+        <v>262</v>
       </c>
       <c r="G142" s="2" t="s">
-        <v>70</v>
+        <v>146</v>
       </c>
     </row>
     <row r="143" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A143" s="2" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="B143" s="2" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="D143" s="2" t="s">
         <v>344</v>
       </c>
       <c r="E143" s="2" t="s">
         <v>345</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>246</v>
+        <v>305</v>
       </c>
       <c r="G143" s="2" t="s">
-        <v>17</v>
-[...44 lines deleted...]
-      <c r="G145" s="2" t="s">
         <v>17</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:G1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>