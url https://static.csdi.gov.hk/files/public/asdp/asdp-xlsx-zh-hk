--- v0 (2025-10-16)
+++ v1 (2026-01-31)
@@ -12,1300 +12,1104 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Source" state="visible" r:id="rId4"/>
     <sheet sheetId="2" name="As of Date" state="visible" r:id="rId5"/>
     <sheet sheetId="3" name="Data" state="visible" r:id="rId6"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1103" uniqueCount="415">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1019" uniqueCount="350">
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>Based on 2024 Annual Spatial Data Plans of Bureaux and Departments (for 2025-2027)</t>
+    <t>Based on 2025 Annual Spatial Data Plans of Bureaux and Departments (for 2026-2028)</t>
   </si>
   <si>
     <t>As of Date</t>
   </si>
   <si>
-    <t>26/02/2025</t>
+    <t>08/01/2026</t>
   </si>
   <si>
     <t>Data Provider</t>
   </si>
   <si>
     <t>Other Organisation</t>
   </si>
   <si>
     <t>Type of Data</t>
   </si>
   <si>
     <t>Name of Dataset</t>
   </si>
   <si>
     <t>General Description</t>
   </si>
   <si>
     <t>Target Release Date</t>
   </si>
   <si>
     <t>Update Frequency</t>
   </si>
   <si>
-    <t>公務員事務局</t>
+    <t>勞工處</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
     <t>勞工、社區及社會福利</t>
   </si>
   <si>
-    <t>公務員事務局一般職系處 招聘中心資料</t>
-[...5 lines deleted...]
-    <t>01/2025</t>
+    <t>勞資關係科辦事處資料</t>
+  </si>
+  <si>
+    <t>勞工處勞資關係科辦事處地址及開放時間</t>
+  </si>
+  <si>
+    <t>01/2026</t>
   </si>
   <si>
     <t>當有更新數據時</t>
   </si>
   <si>
-    <t>勞工處</t>
-[...11 lines deleted...]
-    <t>土地註冊處</t>
+    <t>小額薪酬索償仲裁處資料</t>
+  </si>
+  <si>
+    <t>小額薪酬索償仲裁處地址、開放時間及查詢電話號碼</t>
+  </si>
+  <si>
+    <t>職工會登記局資料</t>
+  </si>
+  <si>
+    <t>職工會登記局地址及開放時間</t>
+  </si>
+  <si>
+    <t>土木工程拓展署</t>
+  </si>
+  <si>
+    <t>康樂及文化</t>
+  </si>
+  <si>
+    <t>大澳旅遊熱點人流資訊</t>
+  </si>
+  <si>
+    <t>每5分鐘</t>
+  </si>
+  <si>
+    <t>地政總署</t>
+  </si>
+  <si>
+    <t>地理</t>
+  </si>
+  <si>
+    <t>數碼正射影像圖DOP1000-1976</t>
+  </si>
+  <si>
+    <t>DOP1000-1976正射影像圖採用1976年於4000呎上空拍攝的航空照片製作，其地面採樣距離為0.1米。它主要涵蓋香港島，及包括部分油尖旺、九龍城、黃大仙、觀塘、葵青、荃灣、屯門、元朗、大埔、沙田和西貢等地區。採用GeoTIFF格式並附有 Worldfile檔案發布。</t>
+  </si>
+  <si>
+    <t>一次性</t>
+  </si>
+  <si>
+    <t>歷史地圖 – 大澳（1918）</t>
+  </si>
+  <si>
+    <t>顯示1918年的大澳的歷史地圖。</t>
+  </si>
+  <si>
+    <t>06/2026</t>
+  </si>
+  <si>
+    <t>歷史地圖 – 清水灣（1954）</t>
+  </si>
+  <si>
+    <t>顯示1954年的清水灣的歷史地圖。</t>
+  </si>
+  <si>
+    <t>舊郊區地圖</t>
+  </si>
+  <si>
+    <t>該資料集包含五張在1971至1983年間出版的郊區地圖，採用GeoTIFF格式。地圖影像附有參考香港1980方格坐標系統定位的地理位置標籤。</t>
+  </si>
+  <si>
+    <t>03/2026</t>
+  </si>
+  <si>
+    <t>發展; 地理; 土地資訊</t>
+  </si>
+  <si>
+    <t>舊香港照片</t>
+  </si>
+  <si>
+    <t>350張選自五十年代至七十年代拍攝的舊香港照片顯示街景面貌，於圖像檔的「標題」欄標籤了地區名稱，部分附有街道及建築物名稱。照片的地理位置標記參考「香港1980方格網」坐標系統。</t>
+  </si>
+  <si>
+    <t>12/2026</t>
+  </si>
+  <si>
+    <t>科技</t>
+  </si>
+  <si>
+    <t>香港衛星定位參考站網 （SatRef）之GNSS網路實時動態定位結果</t>
+  </si>
+  <si>
+    <t>香港衛星定位參考站網的完整性監測站的GNSS網路實時動態定位結果，以NMEA格式發放。</t>
+  </si>
+  <si>
+    <t>02/2026</t>
+  </si>
+  <si>
+    <t>實時</t>
+  </si>
+  <si>
+    <t>大學教育資助委員會秘書處</t>
+  </si>
+  <si>
+    <t>教育</t>
+  </si>
+  <si>
+    <t>按大學、修課程度及原居地劃分的來港就讀教資會資助的全日制課程的交流生人次</t>
+  </si>
+  <si>
+    <t>來港就讀教資會資助的全日制課程的交流生人次統計</t>
+  </si>
+  <si>
+    <t>每年</t>
+  </si>
+  <si>
+    <t>按大學、修課程度及目的地劃分的來自教資會資助的全日制課程離港的交流生人次</t>
+  </si>
+  <si>
+    <t>來自教資會資助的全日制課程離港的交流生人次統計</t>
+  </si>
+  <si>
+    <t>按大學劃分的教資會資助副學士及學士學位課程有特殊教育需要的就學人數</t>
+  </si>
+  <si>
+    <t>敎資會資助副學士及學士學位課程有特殊教育需要的就學人數統計</t>
+  </si>
+  <si>
+    <t>敎資會資助大學的研究補助金</t>
+  </si>
+  <si>
+    <t>屋宇署</t>
+  </si>
+  <si>
+    <t>發展</t>
+  </si>
+  <si>
+    <t>採用「組裝合成」建築法的私人樓宇</t>
+  </si>
+  <si>
+    <t>採用「組裝合成」建築法的私人樓宇及樓宇的佔用許可證簽發日期、樓宇類型及地址</t>
+  </si>
+  <si>
+    <t>08/2026</t>
+  </si>
+  <si>
+    <t>差餉物業估價署</t>
   </si>
   <si>
     <t>房屋</t>
   </si>
   <si>
-    <t>土地註冊處各辦事處的位置</t>
-[...8 lines deleted...]
-    <t>土木工程拓展署</t>
+    <t>統計摘要 - 估價冊 - 各地區的估價及應課差餉租值</t>
+  </si>
+  <si>
+    <t>估價冊截至有關年度4 月1 日各區域估價的數量及應課差餉租值總數的統計數據。</t>
+  </si>
+  <si>
+    <t>統計摘要 - 地租登記冊 - 各地區的估價及應課差餉租值</t>
+  </si>
+  <si>
+    <t>地租登記冊截至有關年度4 月1 日各區域估價的數量及應課差餉租值總數的統計數據。</t>
+  </si>
+  <si>
+    <t>康樂及文化事務署</t>
+  </si>
+  <si>
+    <t>演藝場地-最近的工程項目</t>
+  </si>
+  <si>
+    <t>最近劇院系統更新、改善及裝修的工程</t>
+  </si>
+  <si>
+    <t>演藝場地-未來的工程項目</t>
+  </si>
+  <si>
+    <t>場地正在進行大型整修及計劃興建之工程項目</t>
+  </si>
+  <si>
+    <t>康樂及文化; 運動</t>
+  </si>
+  <si>
+    <t>康文署場地的樹木資料</t>
+  </si>
+  <si>
+    <t>智能自助服務站地點</t>
+  </si>
+  <si>
+    <t>競賽場地</t>
+  </si>
+  <si>
+    <t>競賽場地位置</t>
+  </si>
+  <si>
+    <t>教育; 康樂及文化</t>
+  </si>
+  <si>
+    <t>市區公園觀蝶</t>
+  </si>
+  <si>
+    <t>觀蝶位置</t>
+  </si>
+  <si>
+    <t>房屋局 / 房屋委員會 / 房屋署</t>
+  </si>
+  <si>
+    <t>「簡約公屋」單位資料</t>
+  </si>
+  <si>
+    <t>「簡約公屋」單位資料。</t>
+  </si>
+  <si>
+    <t>公共屋邨位置及資料 – 公共屋邨</t>
+  </si>
+  <si>
+    <t>公共屋邨資料。</t>
+  </si>
+  <si>
+    <t>10/2026</t>
+  </si>
+  <si>
+    <t>公共屋邨位置及資料 – 居者有其屋計劃屋苑</t>
+  </si>
+  <si>
+    <t>居屋屋苑資料。</t>
+  </si>
+  <si>
+    <t>公共屋邨位置及資料 – 房委會商場</t>
+  </si>
+  <si>
+    <t>房委會商場資料包括屋邨名稱、位置、落成年份、層數及可出租面積約數。</t>
+  </si>
+  <si>
+    <t>公共屋邨位置及資料 – 房委會工廠大廈</t>
+  </si>
+  <si>
+    <t>房委會工廠大廈資料包括工廠大廈名稱、位置、入伙年份、層數及單位數目。</t>
+  </si>
+  <si>
+    <t>出售居者有其屋計劃(居屋)單位2018的成交記錄</t>
+  </si>
+  <si>
+    <t>單位成交記錄資料。</t>
+  </si>
+  <si>
+    <t>出售居者有其屋計劃(居屋)單位2019的成交記錄</t>
+  </si>
+  <si>
+    <t>出售居者有其屋計劃(居屋)單位2020的成交記錄</t>
+  </si>
+  <si>
+    <t>出售居者有其屋計劃(居屋)單位2022的成交記錄</t>
+  </si>
+  <si>
+    <t>出售居者有其屋計劃(居屋)單位2023的成交記錄</t>
+  </si>
+  <si>
+    <t>出售居者有其屋計劃(居屋)單位2024的成交記錄</t>
+  </si>
+  <si>
+    <t>出售租者置其屋計劃(租置計劃)屋邨單位的成交記錄</t>
+  </si>
+  <si>
+    <t>每季</t>
+  </si>
+  <si>
+    <t>出售綠表置居計劃(綠置居)單位2018的成交記錄</t>
+  </si>
+  <si>
+    <t>出售綠表置居計劃(綠置居)單位2019的成交記錄</t>
+  </si>
+  <si>
+    <t>出售綠表置居計劃(綠置居)單位2024的成交記錄</t>
+  </si>
+  <si>
+    <t>出售綠表置居計劃單位(綠置居)2020/21的成交記錄</t>
+  </si>
+  <si>
+    <t>出售綠表置居計劃單位(綠置居)2022的成交記錄</t>
+  </si>
+  <si>
+    <t>出售綠表置居計劃單位(綠置居)2023的成交記錄</t>
+  </si>
+  <si>
+    <t>出售青富苑及蝶翠苑未售出綠表置居計劃(綠置居)單位的成交記錄</t>
+  </si>
+  <si>
+    <t>房屋委員會公共租住房屋單位資料</t>
+  </si>
+  <si>
+    <t>公共租住房屋單位資料。</t>
+  </si>
+  <si>
+    <t>由房屋委員會(房委會)管理的已落成公共屋邨內的大型樹</t>
+  </si>
+  <si>
+    <t>該數據集包括位於已落成公共屋邨內，主樹幹胸徑超過500毫米的大型樹。</t>
+  </si>
+  <si>
+    <t>09/2026</t>
+  </si>
+  <si>
+    <t>重售青富苑及蝶翠苑綠表置居計劃(綠置居)單位的成交記錄</t>
+  </si>
+  <si>
+    <t>政府統計處</t>
+  </si>
+  <si>
+    <t>人口</t>
+  </si>
+  <si>
+    <t>2021 年人口普查（樓市片區及樓宇組群統計數字及分界）</t>
+  </si>
+  <si>
+    <t>此2021年人口普查數據集包含在2021年居於173個樓市片區及3286個樓宇組群的香港人口有關人口、住戶、教育、經濟、房屋及內部遷移特徵的統計數字。此數據集亦包含各樓市片區及樓宇組群的分界。樓市片區及樓宇組群是政府統計處和中原地圖有限公司（中原地圖）為發布香港人口普查╱中期人口統計的統計數字而合作發展的分界系統。2021年人口普查於2021年6月至8月期間進行，提供了香港人口的社會和經濟特徵的基準統計數字。這些數字對政府在規劃和制定政策尤為重要。</t>
+  </si>
+  <si>
+    <t>04/2026</t>
+  </si>
+  <si>
+    <t>機電工程署</t>
+  </si>
+  <si>
+    <t>工商業</t>
+  </si>
+  <si>
+    <t>承辦商名單五：住宅氣體接駁軟喉更換（石油氣）</t>
+  </si>
+  <si>
+    <t>氣體安全（氣體裝置技工及氣體工程承辦商註冊）規例所界定的註冊氣體工程承辦商名單</t>
+  </si>
+  <si>
+    <t>承辦商名單四：住宅氣體接駁軟喉更換（煤氣）</t>
+  </si>
+  <si>
+    <t>政府物聯通基站</t>
+  </si>
+  <si>
+    <t>政府物聯通基站的位置</t>
   </si>
   <si>
     <t>環境</t>
   </si>
   <si>
-    <t>土木工程拓展署設施內密集使用區的樹木</t>
-[...107 lines deleted...]
-    <t>08/2025</t>
+    <t>仍然生效的《建築物能源效益條例》敦促改善通知書的處所</t>
+  </si>
+  <si>
+    <t>仍然生效的《建築物能源效益條例》敦促改善通知書的處所和相關資料</t>
   </si>
   <si>
     <t>每月</t>
   </si>
   <si>
-    <t>已獲發施工同意書的基礎工程</t>
-[...723 lines deleted...]
-    <t>10/2026</t>
+    <t>區域供冷系統</t>
+  </si>
+  <si>
+    <t>區域供冷系統的位置</t>
   </si>
   <si>
     <t>已呈交《建築物能源效益條例》首階段聲明的建築物</t>
   </si>
   <si>
     <t>已提交《建築物能源效益條例》首階段聲明的建築物的位置和相關資料</t>
   </si>
   <si>
     <t>已獲發《建築物能源效益條例》能源審核表格的建築物</t>
   </si>
   <si>
     <t>已獲註冊能源效益評核人簽發《建築物能源效益條例》能源審核表格的建築物和相關資料</t>
   </si>
   <si>
     <t>已獲發《建築物能源效益條例》遵行規定登記證明書的建築物</t>
   </si>
   <si>
     <t xml:space="preserve">已獲發《建築物能源效益條例》遵行規定登記證明書的建築物的位置和相關資料
 (本數據集的非空間數據已於2023年6月發放)</t>
   </si>
   <si>
-    <t>已獲發《建築物能源效益條例》遵行規定表格的處所</t>
-[...5 lines deleted...]
-    <t>10/2027</t>
+    <t>淡水冷卻塔計劃的選定地區</t>
+  </si>
+  <si>
+    <t>淡水冷卻塔計劃的選定地區位置圖</t>
   </si>
   <si>
     <t>能源效益及節約展覽中心</t>
   </si>
   <si>
     <t xml:space="preserve">正舉行能源效益及節約展覽的處所和相關資料
-（備注：本數據集乃根據最近的調查所得，並非全面）</t>
-[...5 lines deleted...]
-    <t>全港各小區「關愛隊」的分界圖、聯絡途徑、承辦團體、夥伴團體、隊長、副隊長及成員名單。</t>
+(備注：本數據集乃根據最近的調查所得，並非全面)</t>
+  </si>
+  <si>
+    <t>民政事務總署</t>
+  </si>
+  <si>
+    <t>歷史地方行政區分界</t>
+  </si>
+  <si>
+    <t>歷史地方行政區分界的地理參考數據，包括中、英文名稱及分界坐標(經度和緯度)。</t>
   </si>
   <si>
     <t>鄉郊代表選舉現有鄉村／墟鎮分界 (2027-2030)</t>
   </si>
   <si>
     <t xml:space="preserve">鄉郊代表選舉現有鄉村／墟鎮分界的地理參考數據。
 此數據種類已於2022年12月首次發放，並會於每四年發放新數據。</t>
   </si>
   <si>
     <t>每四年一次</t>
   </si>
   <si>
-    <t>水浸黑点</t>
-[...5 lines deleted...]
-    <t>沿岸低窪或當風住宅地區</t>
+    <t>海事處</t>
+  </si>
+  <si>
+    <t>運輸</t>
+  </si>
+  <si>
+    <t>政府繫泊浮泡</t>
+  </si>
+  <si>
+    <t>政府繫泊浮泡的位置</t>
+  </si>
+  <si>
+    <t>葵涌控制站服務範圍</t>
+  </si>
+  <si>
+    <t>葵涌控制站所管理的船舶交通區域</t>
+  </si>
+  <si>
+    <t>渠務署</t>
+  </si>
+  <si>
+    <t>渠務署設施自助遊</t>
+  </si>
+  <si>
+    <t>渠務署設施自助遊（啟德河徑、南生圍河教育徑、新田防洪計畫）(發放日期由09/2025改為03/2026)</t>
   </si>
   <si>
     <t>識河惜生態 · 資料館 - 香港 · 河道</t>
   </si>
   <si>
+    <t>漁農自然護理署</t>
+  </si>
+  <si>
+    <t>「漁＋樂」魚場資料</t>
+  </si>
+  <si>
+    <t>「漁＋樂」魚場的位置資料</t>
+  </si>
+  <si>
     <t>郊野公園內其他康樂場地的樹木資料</t>
   </si>
   <si>
     <t>郊野公園其他康樂場地所記錄的樹木資料，包括樹種及位置</t>
+  </si>
+  <si>
+    <t>衞生</t>
+  </si>
+  <si>
+    <t>動物寄養所</t>
+  </si>
+  <si>
+    <t>動物寄養所的位置及聯絡詳情</t>
+  </si>
+  <si>
+    <t>環境保護署</t>
+  </si>
+  <si>
+    <t>海岸清潔情況</t>
+  </si>
+  <si>
+    <t>優先處理地點的海岸清潔評分</t>
+  </si>
+  <si>
+    <t>發展局</t>
+  </si>
+  <si>
+    <t>啟德共融通道</t>
+  </si>
+  <si>
+    <t>啟德共融通道已開放給公眾使用的位置</t>
+  </si>
+  <si>
+    <t>法定古蹟的三維數碼模型</t>
+  </si>
+  <si>
+    <t>單體化的法定古蹟的三維數碼模型是一組具有幾何數據、紋理影像、外觀和位置的數據。這些模型是根據 2017 年至 2025 年期間取得的點雲數據和小型無人機 (SUA) 拍攝的航空拍照片製作出來的。</t>
+  </si>
+  <si>
+    <t>社會福利署</t>
+  </si>
+  <si>
+    <t>殘疾人士輔助就業培訓</t>
+  </si>
+  <si>
+    <t>殘疾人士輔助就業培訓服務單位名單 (地區、服務營運機構名稱、地址、聯絡電話、傳真號碼、服務名額、性別)</t>
+  </si>
+  <si>
+    <t>精神復元人士過渡支援服務</t>
+  </si>
+  <si>
+    <t>服務簡介、服務對象、服務機構名單、服務隊名稱、地址、電話及傳真號碼</t>
+  </si>
+  <si>
+    <t>衞生署</t>
+  </si>
+  <si>
+    <t>愛嬰母嬰健康院</t>
+  </si>
+  <si>
+    <t>愛嬰母嬰健康院列表, 附有基本資料</t>
+  </si>
+  <si>
+    <t>設有育嬰間的政府物業</t>
+  </si>
+  <si>
+    <t>設有育嬰間的政府物業的列表，列有設施地點及其他詳細資料</t>
+  </si>
+  <si>
+    <t>一年兩次</t>
+  </si>
+  <si>
+    <t>規劃署</t>
+  </si>
+  <si>
+    <t>2025土地用途網格</t>
+  </si>
+  <si>
+    <t>根據更新的衛星圖像制作的香港概括土地用途分佈網格。</t>
+  </si>
+  <si>
+    <t>路政署</t>
+  </si>
+  <si>
+    <t>加建隔音屏障工程</t>
+  </si>
+  <si>
+    <t>提供由路政署管轄範圍內的加建隔音屏障工程資料。</t>
+  </si>
+  <si>
+    <t>可達性工程</t>
+  </si>
+  <si>
+    <t>提供由路政署管轄範圍內的可達性工程資料。</t>
+  </si>
+  <si>
+    <t>道路工程</t>
+  </si>
+  <si>
+    <t>提供由路政署管轄範圍內的道路工程資料。</t>
+  </si>
+  <si>
+    <t>運輸署</t>
+  </si>
+  <si>
+    <t>車隊的士停車處</t>
+  </si>
+  <si>
+    <t>車隊的士停車處位置地點</t>
+  </si>
+  <si>
+    <t>道路工程位置數據</t>
+  </si>
+  <si>
+    <t>位於時速限制70公里或以上道路的工程位置(JSON)</t>
+  </si>
+  <si>
+    <t>選舉事務處</t>
+  </si>
+  <si>
+    <t>選舉</t>
+  </si>
+  <si>
+    <t>2026年選民登記數字</t>
+  </si>
+  <si>
+    <t>2026年選民登記數字(地方選區)</t>
+  </si>
+  <si>
+    <t>11/2026</t>
+  </si>
+  <si>
+    <t>醫務衞生局</t>
+  </si>
+  <si>
+    <t>家庭醫生(基層醫療指南)一覽表</t>
+  </si>
+  <si>
+    <t>數據集附有家庭醫生的聯絡資料，包括地址、醫護機構、醫護服務地點及電話號碼。</t>
+  </si>
+  <si>
+    <t>樂妍站一覽表</t>
+  </si>
+  <si>
+    <t>數據集附有樂妍站的聯絡資料，包括地址、電話號碼、傳真號碼及網址。</t>
+  </si>
+  <si>
+    <t>食物環境衞生署</t>
+  </si>
+  <si>
+    <t>登記食物進口商和登記食物分銷商登記册</t>
+  </si>
+  <si>
+    <t>每日</t>
+  </si>
+  <si>
+    <t>網上受限制食物售賣許可證</t>
+  </si>
+  <si>
+    <t>本港網上受限制食物售賣許可證名單</t>
+  </si>
+  <si>
+    <t>香港天文台</t>
+  </si>
+  <si>
+    <t>氣象</t>
+  </si>
+  <si>
+    <t>每日香港境內雲對地閃電總次數</t>
+  </si>
+  <si>
+    <t>提供每日香港境內雲對地閃電總次數資料</t>
+  </si>
+  <si>
+    <t>每日香港境內雲間閃電總次數</t>
+  </si>
+  <si>
+    <t>提供每日香港境內雲間閃電總次數資料</t>
+  </si>
+  <si>
+    <t>每月總可能蒸散量</t>
+  </si>
+  <si>
+    <t>提供每月總可能蒸散量資料</t>
+  </si>
+  <si>
+    <t>香港消防處</t>
+  </si>
+  <si>
+    <t>持牌加油站</t>
+  </si>
+  <si>
+    <t>持牌加油站的位置</t>
+  </si>
+  <si>
+    <t>設有持牌危險品倉庫的大廈</t>
+  </si>
+  <si>
+    <t>設有持牌危險品倉庫的大廈名單</t>
+  </si>
+  <si>
+    <t>香港金融管理局</t>
+  </si>
+  <si>
+    <t>穩定幣發行人紀錄冊</t>
+  </si>
+  <si>
+    <t>穩定幣發行人在香港的主要業務地址</t>
+  </si>
+  <si>
+    <t>歷史地圖 – 香港 （1958）</t>
+  </si>
+  <si>
+    <t>顯示1958年香港全景的歷史地圖。</t>
+  </si>
+  <si>
+    <t>06/2027</t>
+  </si>
+  <si>
+    <t>歷史地圖 – 香港 （1960）</t>
+  </si>
+  <si>
+    <t>顯示1960年香港全景的歷史地圖。</t>
+  </si>
+  <si>
+    <t>屋宇署櫃枱服務</t>
+  </si>
+  <si>
+    <t>櫃枱服務地點及開放時間</t>
+  </si>
+  <si>
+    <t>08/2027</t>
+  </si>
+  <si>
+    <t>物業市場統計資料 - 私人住宅 - 各區域不同類別單位拆卸量</t>
+  </si>
+  <si>
+    <t>各區域不同類別私人住宅單位拆卸量的統計數據。</t>
+  </si>
+  <si>
+    <t>12/2028</t>
+  </si>
+  <si>
+    <t>物業市場統計資料 - 私人住宅 - 各區域拆卸量</t>
+  </si>
+  <si>
+    <t>各區域私人住宅單位拆卸量的統計數據。</t>
+  </si>
+  <si>
+    <t>物業市場統計資料 - 私人住宅 - 各類單位拆卸量</t>
+  </si>
+  <si>
+    <t>各類私人住宅單位拆卸量的統計數據。</t>
+  </si>
+  <si>
+    <t>物業市場統計資料 - 私人寫字樓 - 各區域不同級別拆卸量</t>
+  </si>
+  <si>
+    <t>各區域不同級別私人寫字樓拆卸量的統計數據。</t>
+  </si>
+  <si>
+    <t>12/2027</t>
+  </si>
+  <si>
+    <t>物業市場統計資料 - 私人寫字樓 - 各區域拆卸量</t>
+  </si>
+  <si>
+    <t>各區域私人寫字樓拆卸量的統計數據。</t>
+  </si>
+  <si>
+    <t>物業市場統計資料 - 私人寫字樓 - 各級別拆卸量</t>
+  </si>
+  <si>
+    <t>各級別私人寫字樓拆卸量的統計數據。</t>
+  </si>
+  <si>
+    <t>「香港記憶」中含地理標記的資料</t>
+  </si>
+  <si>
+    <t>「香港記憶」經數碼化的歷史和文化資料中，包含地理資訊的項目。</t>
+  </si>
+  <si>
+    <t>最佳園林大獎 – 私人物業</t>
+  </si>
+  <si>
+    <t>得獎私人物業位置</t>
+  </si>
+  <si>
+    <t>07/2027</t>
+  </si>
+  <si>
+    <t>每兩至三年</t>
+  </si>
+  <si>
+    <t>康文署負責養護的路旁樹木資料</t>
+  </si>
+  <si>
+    <t>社區園圃計劃</t>
+  </si>
+  <si>
+    <t>社區園圃位置</t>
+  </si>
+  <si>
+    <t>賞花好去處</t>
+  </si>
+  <si>
+    <t>介紹康文署場地常見的顯花樹木及觀賞地點的XY座標</t>
+  </si>
+  <si>
+    <t>公共屋邨位置及資料 – 房委會停車場</t>
+  </si>
+  <si>
+    <t>房委會停車場資料包括停車場名稱、位置、及車位數目。</t>
+  </si>
+  <si>
+    <t>10/2027</t>
+  </si>
+  <si>
+    <t>出售居者有其屋計劃(居屋)單位2025的成交記錄</t>
+  </si>
+  <si>
+    <t>出售居者有其屋計劃(居屋)單位2026的成交記錄</t>
+  </si>
+  <si>
+    <t>出售居者有其屋計劃(居屋)單位2027的成交記錄</t>
+  </si>
+  <si>
+    <t>出售綠表置居計劃單位(綠置居)2025的成交記錄</t>
+  </si>
+  <si>
+    <t>出售綠表置居計劃單位(綠置居)2026的成交記錄</t>
+  </si>
+  <si>
+    <t>出售綠表置居計劃單位(綠置居)2027的成交記錄</t>
+  </si>
+  <si>
+    <t>2026 年人口普查（各地區統計數字及分界）</t>
+  </si>
+  <si>
+    <t>此2026年人口普查數據集包含在2026年居於各個區議會分區、區議會地方選區、小規劃統計區（大合併組）、小規劃統計區（小合併組）、單元區（大合併組）、單元區（小合併組）、主要屋苑、以及新市鎮的香港人口有關人口、住戶、教育、經濟、房屋及內部遷移特徵的統計數字。此數據集亦包含各地區的分界。</t>
+  </si>
+  <si>
+    <t>03/2028</t>
+  </si>
+  <si>
+    <t>已獲發《建築物能源效益條例》遵行規定表格的處所</t>
+  </si>
+  <si>
+    <t>已獲註冊能源效益評核人簽發《建築物能源效益條例》遵行規定表格的處所和相關資料</t>
+  </si>
+  <si>
+    <t>「地區服務及關愛隊伍」(「關愛隊」）的概要資料</t>
+  </si>
+  <si>
+    <t>全港各小區「關愛隊」的分界圖、聯絡途徑、承辦團體、夥伴團體、隊長、副隊長及成員名單。</t>
+  </si>
+  <si>
+    <t>02/2027</t>
+  </si>
+  <si>
+    <t>進行中的海事工程</t>
+  </si>
+  <si>
+    <t>進行中的海事工程位置</t>
+  </si>
+  <si>
+    <t>避風碇泊處</t>
+  </si>
+  <si>
+    <t>避風碇泊處位置</t>
+  </si>
+  <si>
+    <t>錨地</t>
+  </si>
+  <si>
+    <t>錨地位置</t>
+  </si>
+  <si>
+    <t>美化及綠化渠務署設施</t>
+  </si>
+  <si>
+    <t>美化及綠化渠務署設施 (發放日期由12/2025改為03/2027)</t>
+  </si>
+  <si>
+    <t>03/2027</t>
+  </si>
+  <si>
+    <t>廢物轉運站及堆填區所接收的固體廢物總量－按主要廢物類別劃分</t>
+  </si>
+  <si>
+    <t>每年於廢物轉運站及堆填區棄置的固體廢物（按廢物類別劃分）的細項棄置量，包括(i)都市固體廢物，(ii)整體建築廢物，(iii)特殊廢物及(iv)所有廢物類別。</t>
+  </si>
+  <si>
+    <t>於堆填區棄置的固體廢物來源－按區域及主要廢物類別劃分</t>
+  </si>
+  <si>
+    <t>每年於堆填區棄置的固體廢物（按區域及廢物類別劃分）的細項棄置量，包括(i)家居廢物，(ii)工商業廢物，(iii)都市固體廢物及(iv)整體建築廢物。</t>
+  </si>
+  <si>
+    <t>污水收集整體計劃檢討</t>
+  </si>
+  <si>
+    <t>各個污水收集整體計劃檢討的覆蓋範圍及完成時間</t>
   </si>
   <si>
     <t>香港回收再造公司名錄</t>
   </si>
   <si>
     <t xml:space="preserve">香港回收或再造公司名單
 （聲明：香港特別行政區政府並不保證或擔保本名錄的準確性或完整性，以及名單中的機構並不代表為香港特別行政區政府所認可的機構。）</t>
   </si>
   <si>
-    <t>一年兩次</t>
+    <t>香港水質管制區地圖</t>
+  </si>
+  <si>
+    <t>香港水質管制區地圖（備註：請參閱環保署網頁刊登的憲報地圖：https://www.epd.gov.hk/epd/tc_chi/environmentinhk/water/hkwqrc/map/watercontrolzone.html）</t>
   </si>
   <si>
     <t>已評級歷史建築的三維數碼模型</t>
   </si>
   <si>
-    <t>單體化的已評級歷史建築的三維數碼模型是一組具有幾何數據、紋理影像、外觀和位置的數據。這些模型是根據 古物古蹟辦事處取得的點雲數據和小型無人機 (SUA) 拍攝的航空拍照片製作出來的。</t>
-[...23 lines deleted...]
-    <t>設有育嬰間的政府物業的列表，列有設施地點及其他詳細資料</t>
+    <t>單體化的已評級歷史建築的三維數碼模型是一組具有幾何數據、紋理影像、外觀和位置的數據。這些模型是根據 2017 年至 2025 年期間取得的點雲數據和小型無人機 (SUA) 拍攝的航空拍照片製作出來的。</t>
+  </si>
+  <si>
+    <t>為低收入家庭護老者提供生活津貼計劃認可服務單位名單</t>
+  </si>
+  <si>
+    <t>營辦機構名稱、認可服務單位名稱、地址及查詢電話號碼</t>
+  </si>
+  <si>
+    <t>為低收入的殘疾人士照顧者提供生活津貼計劃認可服務單位名單</t>
   </si>
   <si>
     <t>新市鎮分界（2026人口普查）</t>
   </si>
   <si>
     <t>二零二六年人口普查所採用的新市鎮之多邊形界線。</t>
   </si>
   <si>
     <t>每五年</t>
   </si>
   <si>
     <t>小規劃統計區及單元區的界線（2026人口普查）</t>
   </si>
   <si>
     <t>二零二六年人口普查所採用的小規劃統計區及單元區之多邊形界線。</t>
   </si>
   <si>
-    <t>加建隔音屏障工程</t>
-[...25 lines deleted...]
-  <si>
     <t>2027年區議會一般選舉 地區委員會界別選民數字</t>
   </si>
   <si>
     <t>2027年區議會一般選舉 選舉結果</t>
   </si>
   <si>
     <t>2027年區議會一般選舉 選舉結果(同類數據集經已在往年發放)</t>
   </si>
   <si>
     <t>2027年選民登記數字</t>
   </si>
   <si>
     <t>2027年選民登記數字(地方選區) (同類數據集經已在往年發放)</t>
   </si>
   <si>
     <t>11/2027</t>
   </si>
   <si>
-    <t>醫務衞生局</t>
-[...89 lines deleted...]
-    <t>中學資料</t>
+    <t>2028年選民登記數字</t>
+  </si>
+  <si>
+    <t>2028年選民登記數字(地方選區) (同類數據集經已在往年發放)</t>
+  </si>
+  <si>
+    <t>11/2028</t>
+  </si>
+  <si>
+    <t>6個月、12個月及24個月標準化降水指數(SPI)</t>
+  </si>
+  <si>
+    <t>提供6個月、12個月及24個月標準化降水指數(SPI)資料</t>
+  </si>
+  <si>
+    <t>06/2028</t>
+  </si>
+  <si>
+    <t>每月熱度日(HDD)及冷度日(CDD)</t>
+  </si>
+  <si>
+    <t>提供每月熱度日(HDD)及冷度日(CDD)資料</t>
+  </si>
+  <si>
+    <t>於2024年12月12日或之前根據第502章消防安全（商業處所）條例發出消防安全指示/改善消防安全指示的樓宇/處所 - 指明商業建築物</t>
+  </si>
+  <si>
+    <t>於2024年12月12日或之前根據第502章消防安全（商業處所）條例發出消防安全指示/改善消防安全指示的樓宇/處所 - 指明商業建築物的地址</t>
+  </si>
+  <si>
+    <t>於2024年12月12日或之前根據第502章消防安全（商業處所）條例發出消防安全指示的樓宇/處所 - 訂明商業處所</t>
+  </si>
+  <si>
+    <t>根據消防安全(商業處所)條例(第502章)在2024年12月12日前已發出消防安全指示的訂明商業處所的地址與類別</t>
+  </si>
+  <si>
+    <t>於2024年12月12日或之前根據第572章消防安全（建築物）條例發出消防安全指示的樓宇</t>
+  </si>
+  <si>
+    <t>於2024年12月12日或之前根據第572章消防安全（建築物）條例發出消防安全指示的樓宇地址</t>
   </si>
   <si>
     <t>選舉管理委員會</t>
   </si>
   <si>
-    <t>2025年立法會換屆選舉地方選區分界</t>
+    <t>2027年區議會一般選舉區議會地方選區分界</t>
+  </si>
+  <si>
+    <t>2027年區議會一般選舉區議會地方選區分界(此數據集由選舉管理委員會擁有及發放。)</t>
   </si>
   <si>
     <t>醫院管理局</t>
   </si>
   <si>
-    <t>按專職醫療部門及診所劃分的專職醫療(門診)就診人次</t>
-[...4 lines deleted...]
-  <si>
     <t>按醫院劃分的選定內窺鏡程序的統計數字</t>
   </si>
   <si>
     <t>本數據集備有醫院管理局轄下醫院的按醫院劃分的選定內窺鏡程序及地理位置。</t>
   </si>
   <si>
+    <t>流動捐血車</t>
+  </si>
+  <si>
+    <t>流動捐血車的地理位置及服務時間</t>
+  </si>
+  <si>
     <t>病人組織目錄</t>
   </si>
   <si>
     <t>病人組織的地理資訊資料。</t>
   </si>
   <si>
     <t>醫院管理局轄下「思覺失調」服務中心目錄</t>
   </si>
   <si>
     <t>醫院管理局轄下「思覺失調」服務中心的地理資訊資料。</t>
   </si>
   <si>
     <t>醫院管理局轄下戒煙輔導中心目錄</t>
   </si>
   <si>
     <t>醫院管理局轄下戒煙輔導中心的地理資訊資料。</t>
   </si>
   <si>
     <t>醫院管理局轄下病人資源中心目錄</t>
   </si>
   <si>
     <t>醫院管理局轄下病人資源中心的地理資訊資料。</t>
   </si>
   <si>
     <t>醫院管理局轄下療養單位目錄</t>
   </si>
   <si>
     <t>醫院管理局轄下療養單位的地理資訊資料。</t>
-  </si>
-[...7 lines deleted...]
-    <t>本港領有酒牌的處所名單</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
     </font>
     <font>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1700,51 +1504,51 @@
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:B1"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="20" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>2</v>
       </c>
       <c r="B1" t="s">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:G157"/>
+  <dimension ref="A1:G145"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="bottomRight" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="7" width="20" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="E1" s="1" t="s">
@@ -1760,3611 +1564,3335 @@
     <row r="2" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="D3" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="E3" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F3" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="D4" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="E4" s="2" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="D5" s="2" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="E5" s="2" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G5" s="2" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="B6" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C6" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="B6" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D6" s="2" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="E6" s="2" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G6" s="2" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="D7" s="2" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="E7" s="2" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="G7" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="B8" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C8" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E8" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="B8" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F8" s="2" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="G8" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C9" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="D9" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="D9" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E9" s="2" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="G9" s="2" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A10" s="2" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="D10" s="2" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="E10" s="2" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="G10" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A11" s="2" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="D11" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="E11" s="2" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G11" s="2" t="s">
-        <v>17</v>
+        <v>47</v>
       </c>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A12" s="2" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>32</v>
+        <v>49</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>50</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>51</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="G12" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A13" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="B13" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C13" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="E13" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="F13" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="G13" s="2" t="s">
         <v>52</v>
-      </c>
-[...16 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A14" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="B14" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C14" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="E14" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="F14" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="G14" s="2" t="s">
         <v>52</v>
-      </c>
-[...16 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A15" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="B15" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C15" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="E15" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="F15" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="G15" s="2" t="s">
         <v>52</v>
-      </c>
-[...16 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A16" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="B16" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C16" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="D16" s="2" t="s">
         <v>60</v>
       </c>
-      <c r="B16" s="2" t="s">
-[...5 lines deleted...]
-      <c r="D16" s="2" t="s">
+      <c r="E16" s="2" t="s">
         <v>61</v>
       </c>
-      <c r="E16" s="2" t="s">
+      <c r="F16" s="2" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>32</v>
+        <v>64</v>
       </c>
       <c r="D17" s="2" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="E17" s="2" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>65</v>
+        <v>42</v>
       </c>
       <c r="G17" s="2" t="s">
-        <v>66</v>
+        <v>52</v>
       </c>
     </row>
     <row r="18" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A18" s="2" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>32</v>
+        <v>64</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>67</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>68</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>65</v>
+        <v>42</v>
       </c>
       <c r="G18" s="2" t="s">
-        <v>66</v>
+        <v>52</v>
       </c>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
         <v>69</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>70</v>
       </c>
       <c r="E19" s="2" t="s">
         <v>71</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="G19" s="2" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A20" s="2" t="s">
         <v>69</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>72</v>
       </c>
       <c r="E20" s="2" t="s">
         <v>73</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="G20" s="2" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21" s="2" t="s">
         <v>69</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>23</v>
+        <v>74</v>
       </c>
       <c r="D21" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E21" s="2" t="s">
         <v>75</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="G21" s="2" t="s">
-        <v>66</v>
+        <v>52</v>
       </c>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A22" s="2" t="s">
         <v>69</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>23</v>
+        <v>74</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>76</v>
       </c>
       <c r="E22" s="2" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>45</v>
+        <v>16</v>
       </c>
       <c r="G22" s="2" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
     </row>
     <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" s="2" t="s">
         <v>69</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>23</v>
+        <v>74</v>
       </c>
       <c r="D23" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="E23" s="2" t="s">
         <v>78</v>
       </c>
-      <c r="E23" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F23" s="2" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="G23" s="2" t="s">
-        <v>66</v>
+        <v>17</v>
       </c>
     </row>
     <row r="24" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A24" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="B24" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C24" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="D24" s="2" t="s">
         <v>80</v>
       </c>
-      <c r="B24" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C24" s="2" t="s">
+      <c r="E24" s="2" t="s">
         <v>81</v>
       </c>
-      <c r="D24" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F24" s="2" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="G24" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A25" s="2" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>28</v>
+        <v>64</v>
       </c>
       <c r="D25" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="E25" s="2" t="s">
         <v>84</v>
       </c>
-      <c r="E25" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F25" s="2" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="G25" s="2" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A26" s="2" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C26" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="D26" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="E26" s="2" t="s">
         <v>86</v>
       </c>
-      <c r="D26" s="2" t="s">
+      <c r="F26" s="2" t="s">
         <v>87</v>
       </c>
-      <c r="E26" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G26" s="2" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A27" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="B27" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C27" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="D27" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="E27" s="2" t="s">
         <v>89</v>
       </c>
-      <c r="B27" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F27" s="2" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="G27" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="28" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A28" s="2" t="s">
-        <v>89</v>
+        <v>82</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C28" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="D28" s="2" t="s">
         <v>90</v>
       </c>
-      <c r="D28" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E28" s="2" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>16</v>
+        <v>87</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="29" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A29" s="2" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>81</v>
+        <v>64</v>
       </c>
       <c r="D29" s="2" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="E29" s="2" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>16</v>
+        <v>87</v>
       </c>
       <c r="G29" s="2" t="s">
-        <v>66</v>
+        <v>17</v>
       </c>
     </row>
     <row r="30" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A30" s="2" t="s">
-        <v>99</v>
+        <v>82</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>28</v>
+        <v>64</v>
       </c>
       <c r="D30" s="2" t="s">
-        <v>100</v>
+        <v>94</v>
       </c>
       <c r="E30" s="2" t="s">
-        <v>101</v>
+        <v>95</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>93</v>
+        <v>33</v>
       </c>
       <c r="G30" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="31" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A31" s="2" t="s">
-        <v>102</v>
+        <v>82</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
       <c r="D31" s="2" t="s">
-        <v>103</v>
+        <v>96</v>
       </c>
       <c r="E31" s="2" t="s">
-        <v>104</v>
+        <v>95</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>105</v>
+        <v>33</v>
       </c>
       <c r="G31" s="2" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A32" s="2" t="s">
-        <v>102</v>
+        <v>82</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
       <c r="D32" s="2" t="s">
-        <v>106</v>
+        <v>97</v>
       </c>
       <c r="E32" s="2" t="s">
-        <v>107</v>
+        <v>95</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>93</v>
+        <v>33</v>
       </c>
       <c r="G32" s="2" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
     </row>
     <row r="33" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A33" s="2" t="s">
-        <v>102</v>
+        <v>82</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>108</v>
+        <v>64</v>
       </c>
       <c r="D33" s="2" t="s">
-        <v>109</v>
+        <v>98</v>
       </c>
       <c r="E33" s="2" t="s">
-        <v>110</v>
+        <v>95</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>111</v>
+        <v>33</v>
       </c>
       <c r="G33" s="2" t="s">
-        <v>66</v>
+        <v>30</v>
       </c>
     </row>
     <row r="34" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A34" s="2" t="s">
-        <v>102</v>
+        <v>82</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>108</v>
+        <v>64</v>
       </c>
       <c r="D34" s="2" t="s">
-        <v>112</v>
+        <v>99</v>
       </c>
       <c r="E34" s="2" t="s">
-        <v>110</v>
+        <v>95</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>111</v>
+        <v>33</v>
       </c>
       <c r="G34" s="2" t="s">
-        <v>66</v>
+        <v>30</v>
       </c>
     </row>
     <row r="35" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A35" s="2" t="s">
-        <v>102</v>
+        <v>82</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>108</v>
+        <v>64</v>
       </c>
       <c r="D35" s="2" t="s">
-        <v>113</v>
+        <v>100</v>
       </c>
       <c r="E35" s="2" t="s">
-        <v>110</v>
+        <v>95</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>111</v>
+        <v>33</v>
       </c>
       <c r="G35" s="2" t="s">
-        <v>66</v>
+        <v>30</v>
       </c>
     </row>
     <row r="36" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A36" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="B36" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C36" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="D36" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="E36" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="F36" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="G36" s="2" t="s">
         <v>102</v>
-      </c>
-[...16 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="37" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A37" s="2" t="s">
-        <v>116</v>
+        <v>82</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>81</v>
+        <v>64</v>
       </c>
       <c r="D37" s="2" t="s">
-        <v>117</v>
+        <v>103</v>
       </c>
       <c r="E37" s="2" t="s">
-        <v>118</v>
+        <v>95</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="G37" s="2" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
     </row>
     <row r="38" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A38" s="2" t="s">
-        <v>119</v>
+        <v>82</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>120</v>
+        <v>64</v>
       </c>
       <c r="D38" s="2" t="s">
-        <v>121</v>
+        <v>104</v>
       </c>
       <c r="E38" s="2" t="s">
-        <v>122</v>
+        <v>95</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="G38" s="2" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A39" s="2" t="s">
-        <v>119</v>
+        <v>82</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>123</v>
+        <v>64</v>
       </c>
       <c r="D39" s="2" t="s">
-        <v>124</v>
+        <v>105</v>
       </c>
       <c r="E39" s="2" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="G39" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="40" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A40" s="2" t="s">
-        <v>119</v>
+        <v>82</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>123</v>
+        <v>64</v>
       </c>
       <c r="D40" s="2" t="s">
-        <v>126</v>
+        <v>106</v>
       </c>
       <c r="E40" s="2" t="s">
-        <v>127</v>
+        <v>95</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="G40" s="2" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
     </row>
     <row r="41" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A41" s="2" t="s">
-        <v>119</v>
+        <v>82</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>123</v>
+        <v>64</v>
       </c>
       <c r="D41" s="2" t="s">
-        <v>128</v>
+        <v>107</v>
       </c>
       <c r="E41" s="2" t="s">
-        <v>129</v>
+        <v>95</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="G41" s="2" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
     </row>
     <row r="42" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A42" s="2" t="s">
-        <v>119</v>
+        <v>82</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>123</v>
+        <v>64</v>
       </c>
       <c r="D42" s="2" t="s">
-        <v>130</v>
+        <v>108</v>
       </c>
       <c r="E42" s="2" t="s">
-        <v>131</v>
+        <v>95</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="G42" s="2" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
     </row>
     <row r="43" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A43" s="2" t="s">
-        <v>119</v>
+        <v>82</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>123</v>
+        <v>64</v>
       </c>
       <c r="D43" s="2" t="s">
-        <v>132</v>
+        <v>109</v>
       </c>
       <c r="E43" s="2" t="s">
-        <v>133</v>
+        <v>95</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="G43" s="2" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
     </row>
     <row r="44" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A44" s="2" t="s">
-        <v>119</v>
+        <v>82</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>123</v>
+        <v>64</v>
       </c>
       <c r="D44" s="2" t="s">
-        <v>134</v>
+        <v>110</v>
       </c>
       <c r="E44" s="2" t="s">
-        <v>135</v>
+        <v>111</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>39</v>
+        <v>87</v>
       </c>
       <c r="G44" s="2" t="s">
-        <v>17</v>
+        <v>102</v>
       </c>
     </row>
     <row r="45" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A45" s="2" t="s">
-        <v>119</v>
+        <v>82</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>123</v>
+        <v>64</v>
       </c>
       <c r="D45" s="2" t="s">
-        <v>136</v>
+        <v>112</v>
       </c>
       <c r="E45" s="2" t="s">
-        <v>137</v>
+        <v>113</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>39</v>
+        <v>114</v>
       </c>
       <c r="G45" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
     </row>
     <row r="46" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A46" s="2" t="s">
-        <v>119</v>
+        <v>82</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>123</v>
+        <v>64</v>
       </c>
       <c r="D46" s="2" t="s">
-        <v>138</v>
+        <v>115</v>
       </c>
       <c r="E46" s="2" t="s">
-        <v>139</v>
+        <v>95</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="G46" s="2" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
     </row>
     <row r="47" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A47" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="B47" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C47" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="D47" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="E47" s="2" t="s">
         <v>119</v>
       </c>
-      <c r="B47" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F47" s="2" t="s">
-        <v>45</v>
+        <v>120</v>
       </c>
       <c r="G47" s="2" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
     </row>
     <row r="48" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A48" s="2" t="s">
-        <v>142</v>
+        <v>121</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>81</v>
+        <v>122</v>
       </c>
       <c r="D48" s="2" t="s">
-        <v>143</v>
+        <v>123</v>
       </c>
       <c r="E48" s="2" t="s">
-        <v>144</v>
+        <v>124</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>105</v>
+        <v>120</v>
       </c>
       <c r="G48" s="2" t="s">
-        <v>31</v>
+        <v>102</v>
       </c>
     </row>
     <row r="49" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A49" s="2" t="s">
-        <v>142</v>
+        <v>121</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>28</v>
+        <v>122</v>
       </c>
       <c r="D49" s="2" t="s">
-        <v>145</v>
+        <v>125</v>
       </c>
       <c r="E49" s="2" t="s">
-        <v>146</v>
+        <v>124</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>16</v>
+        <v>120</v>
       </c>
       <c r="G49" s="2" t="s">
-        <v>31</v>
+        <v>102</v>
       </c>
     </row>
     <row r="50" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A50" s="2" t="s">
-        <v>142</v>
+        <v>121</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>28</v>
+        <v>122</v>
       </c>
       <c r="D50" s="2" t="s">
-        <v>147</v>
+        <v>126</v>
       </c>
       <c r="E50" s="2" t="s">
-        <v>147</v>
+        <v>127</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>45</v>
+        <v>16</v>
       </c>
       <c r="G50" s="2" t="s">
-        <v>31</v>
+        <v>102</v>
       </c>
     </row>
     <row r="51" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A51" s="2" t="s">
-        <v>148</v>
+        <v>121</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>149</v>
+        <v>128</v>
       </c>
       <c r="D51" s="2" t="s">
-        <v>150</v>
+        <v>129</v>
       </c>
       <c r="E51" s="2" t="s">
-        <v>151</v>
+        <v>130</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>39</v>
+        <v>87</v>
       </c>
       <c r="G51" s="2" t="s">
-        <v>17</v>
+        <v>131</v>
       </c>
     </row>
     <row r="52" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A52" s="2" t="s">
-        <v>148</v>
+        <v>121</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>108</v>
+        <v>128</v>
       </c>
       <c r="D52" s="2" t="s">
-        <v>152</v>
+        <v>132</v>
       </c>
       <c r="E52" s="2" t="s">
-        <v>153</v>
+        <v>133</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>16</v>
+        <v>87</v>
       </c>
       <c r="G52" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
     </row>
     <row r="53" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A53" s="2" t="s">
-        <v>148</v>
+        <v>121</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>81</v>
+        <v>128</v>
       </c>
       <c r="D53" s="2" t="s">
-        <v>154</v>
+        <v>134</v>
       </c>
       <c r="E53" s="2" t="s">
-        <v>155</v>
+        <v>135</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>26</v>
+        <v>87</v>
       </c>
       <c r="G53" s="2" t="s">
-        <v>17</v>
+        <v>131</v>
       </c>
     </row>
     <row r="54" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A54" s="2" t="s">
-        <v>148</v>
+        <v>121</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>81</v>
+        <v>128</v>
       </c>
       <c r="D54" s="2" t="s">
-        <v>156</v>
+        <v>136</v>
       </c>
       <c r="E54" s="2" t="s">
-        <v>157</v>
+        <v>137</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>16</v>
+        <v>87</v>
       </c>
       <c r="G54" s="2" t="s">
-        <v>17</v>
+        <v>131</v>
       </c>
     </row>
     <row r="55" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A55" s="2" t="s">
-        <v>148</v>
+        <v>121</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>81</v>
+        <v>128</v>
       </c>
       <c r="D55" s="2" t="s">
-        <v>158</v>
+        <v>138</v>
       </c>
       <c r="E55" s="2" t="s">
-        <v>159</v>
+        <v>139</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>16</v>
+        <v>87</v>
       </c>
       <c r="G55" s="2" t="s">
-        <v>17</v>
+        <v>131</v>
       </c>
     </row>
     <row r="56" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A56" s="2" t="s">
-        <v>148</v>
+        <v>121</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>28</v>
+        <v>128</v>
       </c>
       <c r="D56" s="2" t="s">
-        <v>160</v>
+        <v>140</v>
       </c>
       <c r="E56" s="2" t="s">
-        <v>161</v>
+        <v>141</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>16</v>
+        <v>42</v>
       </c>
       <c r="G56" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
     </row>
     <row r="57" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A57" s="2" t="s">
-        <v>148</v>
+        <v>121</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>28</v>
+        <v>128</v>
       </c>
       <c r="D57" s="2" t="s">
-        <v>162</v>
+        <v>142</v>
       </c>
       <c r="E57" s="2" t="s">
-        <v>163</v>
+        <v>143</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>16</v>
+        <v>87</v>
       </c>
       <c r="G57" s="2" t="s">
-        <v>17</v>
+        <v>102</v>
       </c>
     </row>
     <row r="58" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A58" s="2" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>28</v>
+        <v>59</v>
       </c>
       <c r="D58" s="2" t="s">
-        <v>164</v>
+        <v>145</v>
       </c>
       <c r="E58" s="2" t="s">
-        <v>165</v>
+        <v>146</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>45</v>
+        <v>16</v>
       </c>
       <c r="G58" s="2" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
     </row>
     <row r="59" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A59" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="B59" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C59" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="D59" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="E59" s="2" t="s">
         <v>148</v>
       </c>
-      <c r="B59" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F59" s="2" t="s">
-        <v>168</v>
+        <v>120</v>
       </c>
       <c r="G59" s="2" t="s">
-        <v>17</v>
+        <v>149</v>
       </c>
     </row>
     <row r="60" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A60" s="2" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>169</v>
+        <v>151</v>
       </c>
       <c r="D60" s="2" t="s">
-        <v>170</v>
+        <v>152</v>
       </c>
       <c r="E60" s="2" t="s">
-        <v>171</v>
+        <v>153</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>16</v>
+        <v>42</v>
       </c>
       <c r="G60" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="61" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A61" s="2" t="s">
-        <v>172</v>
+        <v>150</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>28</v>
+        <v>151</v>
       </c>
       <c r="D61" s="2" t="s">
-        <v>173</v>
+        <v>154</v>
       </c>
       <c r="E61" s="2" t="s">
-        <v>174</v>
+        <v>155</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="G61" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="62" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A62" s="2" t="s">
-        <v>172</v>
+        <v>156</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="D62" s="2" t="s">
-        <v>175</v>
+        <v>157</v>
       </c>
       <c r="E62" s="2" t="s">
-        <v>176</v>
+        <v>158</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="G62" s="2" t="s">
-        <v>177</v>
+        <v>17</v>
       </c>
     </row>
     <row r="63" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A63" s="2" t="s">
-        <v>172</v>
+        <v>156</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>28</v>
+        <v>128</v>
       </c>
       <c r="D63" s="2" t="s">
-        <v>178</v>
+        <v>159</v>
       </c>
       <c r="E63" s="2" t="s">
-        <v>179</v>
+        <v>159</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="G63" s="2" t="s">
-        <v>180</v>
+        <v>17</v>
       </c>
     </row>
     <row r="64" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A64" s="2" t="s">
-        <v>172</v>
+        <v>160</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="D64" s="2" t="s">
-        <v>181</v>
+        <v>161</v>
       </c>
       <c r="E64" s="2" t="s">
-        <v>182</v>
+        <v>162</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>45</v>
+        <v>120</v>
       </c>
       <c r="G64" s="2" t="s">
-        <v>180</v>
+        <v>17</v>
       </c>
     </row>
     <row r="65" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A65" s="2" t="s">
-        <v>172</v>
+        <v>160</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>28</v>
+        <v>128</v>
       </c>
       <c r="D65" s="2" t="s">
-        <v>183</v>
+        <v>163</v>
       </c>
       <c r="E65" s="2" t="s">
-        <v>184</v>
+        <v>164</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="G65" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
     </row>
     <row r="66" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A66" s="2" t="s">
-        <v>185</v>
+        <v>160</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>81</v>
+        <v>165</v>
       </c>
       <c r="D66" s="2" t="s">
-        <v>186</v>
+        <v>166</v>
       </c>
       <c r="E66" s="2" t="s">
-        <v>187</v>
+        <v>167</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="G66" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="67" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A67" s="2" t="s">
-        <v>185</v>
+        <v>168</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>32</v>
+        <v>128</v>
       </c>
       <c r="D67" s="2" t="s">
-        <v>188</v>
+        <v>169</v>
       </c>
       <c r="E67" s="2" t="s">
-        <v>189</v>
+        <v>170</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>16</v>
+        <v>42</v>
       </c>
       <c r="G67" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="68" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A68" s="2" t="s">
-        <v>190</v>
+        <v>171</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>108</v>
+        <v>23</v>
       </c>
       <c r="D68" s="2" t="s">
-        <v>191</v>
+        <v>172</v>
       </c>
       <c r="E68" s="2" t="s">
-        <v>192</v>
+        <v>173</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>65</v>
+        <v>38</v>
       </c>
       <c r="G68" s="2" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
     </row>
     <row r="69" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A69" s="2" t="s">
-        <v>193</v>
+        <v>171</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="D69" s="2" t="s">
-        <v>194</v>
+        <v>174</v>
       </c>
       <c r="E69" s="2" t="s">
-        <v>195</v>
+        <v>175</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>16</v>
+        <v>42</v>
       </c>
       <c r="G69" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="70" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A70" s="2" t="s">
-        <v>193</v>
+        <v>176</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="D70" s="2" t="s">
-        <v>196</v>
+        <v>177</v>
       </c>
       <c r="E70" s="2" t="s">
-        <v>197</v>
+        <v>178</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G70" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="71" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A71" s="2" t="s">
-        <v>193</v>
+        <v>176</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="D71" s="2" t="s">
-        <v>198</v>
+        <v>179</v>
       </c>
       <c r="E71" s="2" t="s">
-        <v>199</v>
+        <v>180</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>45</v>
+        <v>16</v>
       </c>
       <c r="G71" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="72" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A72" s="2" t="s">
-        <v>193</v>
+        <v>181</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>13</v>
+        <v>165</v>
       </c>
       <c r="D72" s="2" t="s">
-        <v>200</v>
+        <v>182</v>
       </c>
       <c r="E72" s="2" t="s">
-        <v>201</v>
+        <v>183</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G72" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="73" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A73" s="2" t="s">
-        <v>193</v>
+        <v>181</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>13</v>
+        <v>165</v>
       </c>
       <c r="D73" s="2" t="s">
-        <v>202</v>
+        <v>184</v>
       </c>
       <c r="E73" s="2" t="s">
-        <v>203</v>
+        <v>185</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>45</v>
+        <v>16</v>
       </c>
       <c r="G73" s="2" t="s">
-        <v>17</v>
+        <v>186</v>
       </c>
     </row>
     <row r="74" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A74" s="2" t="s">
-        <v>204</v>
+        <v>187</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="D74" s="2" t="s">
-        <v>205</v>
+        <v>188</v>
       </c>
       <c r="E74" s="2" t="s">
-        <v>206</v>
+        <v>189</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="G74" s="2" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
     </row>
     <row r="75" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A75" s="2" t="s">
-        <v>207</v>
+        <v>190</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>28</v>
+        <v>151</v>
       </c>
       <c r="D75" s="2" t="s">
-        <v>208</v>
+        <v>191</v>
       </c>
       <c r="E75" s="2" t="s">
-        <v>209</v>
+        <v>192</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>26</v>
+        <v>120</v>
       </c>
       <c r="G75" s="2" t="s">
-        <v>180</v>
+        <v>102</v>
       </c>
     </row>
     <row r="76" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A76" s="2" t="s">
-        <v>207</v>
+        <v>190</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>28</v>
+        <v>151</v>
       </c>
       <c r="D76" s="2" t="s">
-        <v>210</v>
+        <v>193</v>
       </c>
       <c r="E76" s="2" t="s">
-        <v>211</v>
+        <v>194</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>26</v>
+        <v>120</v>
       </c>
       <c r="G76" s="2" t="s">
-        <v>180</v>
+        <v>102</v>
       </c>
     </row>
     <row r="77" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A77" s="2" t="s">
-        <v>212</v>
+        <v>190</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>90</v>
+        <v>151</v>
       </c>
       <c r="D77" s="2" t="s">
-        <v>213</v>
+        <v>195</v>
       </c>
       <c r="E77" s="2" t="s">
-        <v>214</v>
+        <v>196</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>93</v>
+        <v>120</v>
       </c>
       <c r="G77" s="2" t="s">
-        <v>215</v>
+        <v>102</v>
       </c>
     </row>
     <row r="78" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A78" s="2" t="s">
-        <v>216</v>
+        <v>197</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>217</v>
+        <v>151</v>
       </c>
       <c r="D78" s="2" t="s">
-        <v>218</v>
+        <v>198</v>
       </c>
       <c r="E78" s="2" t="s">
-        <v>219</v>
+        <v>199</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="G78" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="79" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A79" s="2" t="s">
-        <v>216</v>
+        <v>197</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>217</v>
+        <v>151</v>
       </c>
       <c r="D79" s="2" t="s">
-        <v>220</v>
+        <v>200</v>
       </c>
       <c r="E79" s="2" t="s">
-        <v>221</v>
+        <v>201</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>222</v>
+        <v>33</v>
       </c>
       <c r="G79" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="80" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A80" s="2" t="s">
-        <v>223</v>
+        <v>202</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>108</v>
+        <v>203</v>
       </c>
       <c r="D80" s="2" t="s">
-        <v>224</v>
+        <v>204</v>
       </c>
       <c r="E80" s="2" t="s">
-        <v>224</v>
+        <v>205</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>39</v>
+        <v>206</v>
       </c>
       <c r="G80" s="2" t="s">
-        <v>215</v>
+        <v>17</v>
       </c>
     </row>
     <row r="81" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A81" s="2" t="s">
-        <v>223</v>
+        <v>207</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>108</v>
+        <v>165</v>
       </c>
       <c r="D81" s="2" t="s">
-        <v>225</v>
+        <v>208</v>
       </c>
       <c r="E81" s="2" t="s">
-        <v>225</v>
+        <v>209</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="G81" s="2" t="s">
-        <v>215</v>
+        <v>17</v>
       </c>
     </row>
     <row r="82" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A82" s="2" t="s">
-        <v>226</v>
+        <v>207</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>108</v>
+        <v>165</v>
       </c>
       <c r="D82" s="2" t="s">
-        <v>227</v>
+        <v>210</v>
       </c>
       <c r="E82" s="2" t="s">
-        <v>228</v>
+        <v>211</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="G82" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="83" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A83" s="2" t="s">
-        <v>226</v>
+        <v>212</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>108</v>
+        <v>122</v>
       </c>
       <c r="D83" s="2" t="s">
-        <v>229</v>
+        <v>213</v>
       </c>
       <c r="E83" s="2" t="s">
-        <v>230</v>
+        <v>213</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="G83" s="2" t="s">
-        <v>17</v>
+        <v>214</v>
       </c>
     </row>
     <row r="84" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A84" s="2" t="s">
-        <v>231</v>
+        <v>212</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="D84" s="2" t="s">
-        <v>232</v>
+        <v>215</v>
       </c>
       <c r="E84" s="2" t="s">
-        <v>233</v>
+        <v>216</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>39</v>
+        <v>114</v>
       </c>
       <c r="G84" s="2" t="s">
-        <v>66</v>
+        <v>214</v>
       </c>
     </row>
     <row r="85" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A85" s="2" t="s">
-        <v>231</v>
+        <v>217</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>120</v>
+        <v>218</v>
       </c>
       <c r="D85" s="2" t="s">
-        <v>234</v>
+        <v>219</v>
       </c>
       <c r="E85" s="2" t="s">
-        <v>235</v>
+        <v>220</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="G85" s="2" t="s">
-        <v>66</v>
+        <v>131</v>
       </c>
     </row>
     <row r="86" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A86" s="2" t="s">
-        <v>231</v>
+        <v>217</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>120</v>
+        <v>218</v>
       </c>
       <c r="D86" s="2" t="s">
-        <v>236</v>
+        <v>221</v>
       </c>
       <c r="E86" s="2" t="s">
-        <v>237</v>
+        <v>222</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="G86" s="2" t="s">
-        <v>66</v>
+        <v>131</v>
       </c>
     </row>
     <row r="87" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A87" s="2" t="s">
-        <v>231</v>
+        <v>217</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>28</v>
+        <v>218</v>
       </c>
       <c r="D87" s="2" t="s">
-        <v>238</v>
+        <v>223</v>
       </c>
       <c r="E87" s="2" t="s">
-        <v>239</v>
+        <v>224</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="G87" s="2" t="s">
-        <v>240</v>
+        <v>131</v>
       </c>
     </row>
     <row r="88" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A88" s="2" t="s">
-        <v>241</v>
+        <v>225</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>108</v>
+        <v>122</v>
       </c>
       <c r="D88" s="2" t="s">
-        <v>242</v>
+        <v>226</v>
       </c>
       <c r="E88" s="2" t="s">
-        <v>243</v>
+        <v>227</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="G88" s="2" t="s">
-        <v>31</v>
+        <v>102</v>
       </c>
     </row>
     <row r="89" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A89" s="2" t="s">
-        <v>241</v>
+        <v>225</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>169</v>
+        <v>122</v>
       </c>
       <c r="D89" s="2" t="s">
-        <v>244</v>
+        <v>228</v>
       </c>
       <c r="E89" s="2" t="s">
-        <v>245</v>
+        <v>229</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="G89" s="2" t="s">
-        <v>246</v>
+        <v>102</v>
       </c>
     </row>
     <row r="90" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A90" s="2" t="s">
-        <v>247</v>
+        <v>230</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>248</v>
+        <v>122</v>
       </c>
       <c r="D90" s="2" t="s">
-        <v>249</v>
+        <v>231</v>
       </c>
       <c r="E90" s="2" t="s">
-        <v>250</v>
+        <v>232</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>16</v>
+        <v>42</v>
       </c>
       <c r="G90" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="91" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A91" s="2" t="s">
-        <v>251</v>
+        <v>26</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>108</v>
+        <v>27</v>
       </c>
       <c r="D91" s="2" t="s">
-        <v>252</v>
+        <v>233</v>
       </c>
       <c r="E91" s="2" t="s">
-        <v>253</v>
+        <v>234</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>45</v>
+        <v>235</v>
       </c>
       <c r="G91" s="2" t="s">
-        <v>254</v>
+        <v>30</v>
       </c>
     </row>
     <row r="92" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A92" s="2" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="D92" s="2" t="s">
-        <v>255</v>
+        <v>236</v>
       </c>
       <c r="E92" s="2" t="s">
-        <v>256</v>
+        <v>237</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>257</v>
+        <v>235</v>
       </c>
       <c r="G92" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="93" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A93" s="2" t="s">
-        <v>35</v>
+        <v>58</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>36</v>
+        <v>59</v>
       </c>
       <c r="D93" s="2" t="s">
-        <v>258</v>
+        <v>238</v>
       </c>
       <c r="E93" s="2" t="s">
-        <v>259</v>
+        <v>239</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>257</v>
+        <v>240</v>
       </c>
       <c r="G93" s="2" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
     </row>
     <row r="94" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A94" s="2" t="s">
-        <v>35</v>
+        <v>63</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
       <c r="D94" s="2" t="s">
-        <v>260</v>
+        <v>241</v>
       </c>
       <c r="E94" s="2" t="s">
-        <v>261</v>
+        <v>242</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>262</v>
+        <v>243</v>
       </c>
       <c r="G94" s="2" t="s">
-        <v>40</v>
+        <v>52</v>
       </c>
     </row>
     <row r="95" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A95" s="2" t="s">
-        <v>35</v>
+        <v>63</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
       <c r="D95" s="2" t="s">
-        <v>263</v>
+        <v>244</v>
       </c>
       <c r="E95" s="2" t="s">
-        <v>264</v>
+        <v>245</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>262</v>
+        <v>243</v>
       </c>
       <c r="G95" s="2" t="s">
-        <v>40</v>
+        <v>52</v>
       </c>
     </row>
     <row r="96" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A96" s="2" t="s">
-        <v>35</v>
+        <v>63</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>90</v>
+        <v>64</v>
       </c>
       <c r="D96" s="2" t="s">
-        <v>265</v>
+        <v>246</v>
       </c>
       <c r="E96" s="2" t="s">
-        <v>266</v>
+        <v>247</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>267</v>
+        <v>243</v>
       </c>
       <c r="G96" s="2" t="s">
-        <v>268</v>
+        <v>52</v>
       </c>
     </row>
     <row r="97" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A97" s="2" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>32</v>
+        <v>64</v>
       </c>
       <c r="D97" s="2" t="s">
-        <v>269</v>
+        <v>248</v>
       </c>
       <c r="E97" s="2" t="s">
-        <v>270</v>
+        <v>249</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>271</v>
+        <v>250</v>
       </c>
       <c r="G97" s="2" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
     </row>
     <row r="98" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A98" s="2" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>23</v>
+        <v>64</v>
       </c>
       <c r="D98" s="2" t="s">
-        <v>272</v>
+        <v>251</v>
       </c>
       <c r="E98" s="2" t="s">
-        <v>273</v>
+        <v>252</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>274</v>
+        <v>250</v>
       </c>
       <c r="G98" s="2" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
     </row>
     <row r="99" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A99" s="2" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>23</v>
+        <v>64</v>
       </c>
       <c r="D99" s="2" t="s">
-        <v>275</v>
+        <v>253</v>
       </c>
       <c r="E99" s="2" t="s">
-        <v>276</v>
+        <v>254</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>274</v>
+        <v>250</v>
       </c>
       <c r="G99" s="2" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
     </row>
     <row r="100" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A100" s="2" t="s">
         <v>69</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>23</v>
+        <v>74</v>
       </c>
       <c r="D100" s="2" t="s">
-        <v>277</v>
+        <v>255</v>
       </c>
       <c r="E100" s="2" t="s">
-        <v>278</v>
+        <v>256</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>274</v>
+        <v>250</v>
       </c>
       <c r="G100" s="2" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
     </row>
     <row r="101" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A101" s="2" t="s">
         <v>69</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>23</v>
+        <v>74</v>
       </c>
       <c r="D101" s="2" t="s">
-        <v>279</v>
+        <v>257</v>
       </c>
       <c r="E101" s="2" t="s">
-        <v>280</v>
+        <v>258</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>281</v>
+        <v>259</v>
       </c>
       <c r="G101" s="2" t="s">
-        <v>31</v>
+        <v>260</v>
       </c>
     </row>
     <row r="102" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A102" s="2" t="s">
         <v>69</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>23</v>
+        <v>74</v>
       </c>
       <c r="D102" s="2" t="s">
-        <v>282</v>
+        <v>261</v>
       </c>
       <c r="E102" s="2" t="s">
-        <v>283</v>
+        <v>261</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>281</v>
+        <v>250</v>
       </c>
       <c r="G102" s="2" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
     </row>
     <row r="103" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A103" s="2" t="s">
-        <v>80</v>
+        <v>69</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
       <c r="D103" s="2" t="s">
-        <v>284</v>
+        <v>262</v>
       </c>
       <c r="E103" s="2" t="s">
-        <v>285</v>
+        <v>263</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>281</v>
+        <v>259</v>
       </c>
       <c r="G103" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="104" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A104" s="2" t="s">
-        <v>80</v>
+        <v>69</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>81</v>
+        <v>128</v>
       </c>
       <c r="D104" s="2" t="s">
-        <v>286</v>
+        <v>264</v>
       </c>
       <c r="E104" s="2" t="s">
-        <v>287</v>
+        <v>265</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>281</v>
+        <v>259</v>
       </c>
       <c r="G104" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="105" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A105" s="2" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>288</v>
+        <v>64</v>
       </c>
       <c r="D105" s="2" t="s">
-        <v>289</v>
+        <v>266</v>
       </c>
       <c r="E105" s="2" t="s">
-        <v>290</v>
+        <v>267</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>291</v>
+        <v>268</v>
       </c>
       <c r="G105" s="2" t="s">
-        <v>292</v>
+        <v>17</v>
       </c>
     </row>
     <row r="106" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A106" s="2" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>288</v>
+        <v>64</v>
       </c>
       <c r="D106" s="2" t="s">
-        <v>293</v>
+        <v>269</v>
       </c>
       <c r="E106" s="2" t="s">
-        <v>294</v>
+        <v>95</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>291</v>
+        <v>243</v>
       </c>
       <c r="G106" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="107" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A107" s="2" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>28</v>
+        <v>64</v>
       </c>
       <c r="D107" s="2" t="s">
-        <v>295</v>
+        <v>270</v>
       </c>
       <c r="E107" s="2" t="s">
-        <v>296</v>
+        <v>95</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>291</v>
+        <v>243</v>
       </c>
       <c r="G107" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="108" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A108" s="2" t="s">
-        <v>297</v>
+        <v>82</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>23</v>
+        <v>64</v>
       </c>
       <c r="D108" s="2" t="s">
-        <v>298</v>
+        <v>271</v>
       </c>
       <c r="E108" s="2" t="s">
-        <v>299</v>
+        <v>95</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>300</v>
+        <v>243</v>
       </c>
       <c r="G108" s="2" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
     </row>
     <row r="109" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A109" s="2" t="s">
-        <v>301</v>
+        <v>82</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>302</v>
+        <v>64</v>
       </c>
       <c r="D109" s="2" t="s">
-        <v>303</v>
+        <v>272</v>
       </c>
       <c r="E109" s="2" t="s">
-        <v>304</v>
+        <v>95</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>305</v>
+        <v>243</v>
       </c>
       <c r="G109" s="2" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
     </row>
     <row r="110" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A110" s="2" t="s">
-        <v>99</v>
+        <v>82</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>28</v>
+        <v>64</v>
       </c>
       <c r="D110" s="2" t="s">
-        <v>306</v>
+        <v>273</v>
       </c>
       <c r="E110" s="2" t="s">
-        <v>307</v>
+        <v>95</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>308</v>
+        <v>243</v>
       </c>
       <c r="G110" s="2" t="s">
-        <v>66</v>
+        <v>17</v>
       </c>
     </row>
     <row r="111" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A111" s="2" t="s">
-        <v>99</v>
+        <v>82</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>28</v>
+        <v>64</v>
       </c>
       <c r="D111" s="2" t="s">
-        <v>309</v>
+        <v>274</v>
       </c>
       <c r="E111" s="2" t="s">
-        <v>310</v>
+        <v>95</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>308</v>
+        <v>243</v>
       </c>
       <c r="G111" s="2" t="s">
-        <v>66</v>
+        <v>17</v>
       </c>
     </row>
     <row r="112" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A112" s="2" t="s">
-        <v>99</v>
+        <v>116</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>28</v>
+        <v>117</v>
       </c>
       <c r="D112" s="2" t="s">
-        <v>311</v>
+        <v>275</v>
       </c>
       <c r="E112" s="2" t="s">
-        <v>312</v>
+        <v>276</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>308</v>
+        <v>277</v>
       </c>
       <c r="G112" s="2" t="s">
-        <v>66</v>
+        <v>30</v>
       </c>
     </row>
     <row r="113" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A113" s="2" t="s">
-        <v>99</v>
+        <v>121</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>28</v>
+        <v>128</v>
       </c>
       <c r="D113" s="2" t="s">
-        <v>313</v>
+        <v>278</v>
       </c>
       <c r="E113" s="2" t="s">
-        <v>314</v>
+        <v>279</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>308</v>
+        <v>268</v>
       </c>
       <c r="G113" s="2" t="s">
-        <v>66</v>
+        <v>131</v>
       </c>
     </row>
     <row r="114" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A114" s="2" t="s">
-        <v>99</v>
+        <v>144</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="D114" s="2" t="s">
-        <v>315</v>
+        <v>280</v>
       </c>
       <c r="E114" s="2" t="s">
-        <v>316</v>
+        <v>281</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>317</v>
+        <v>282</v>
       </c>
       <c r="G114" s="2" t="s">
-        <v>66</v>
+        <v>17</v>
       </c>
     </row>
     <row r="115" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A115" s="2" t="s">
-        <v>99</v>
+        <v>150</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>28</v>
+        <v>151</v>
       </c>
       <c r="D115" s="2" t="s">
-        <v>318</v>
+        <v>283</v>
       </c>
       <c r="E115" s="2" t="s">
-        <v>319</v>
+        <v>284</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>308</v>
+        <v>250</v>
       </c>
       <c r="G115" s="2" t="s">
-        <v>180</v>
+        <v>17</v>
       </c>
     </row>
     <row r="116" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A116" s="2" t="s">
-        <v>102</v>
+        <v>150</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>13</v>
+        <v>151</v>
       </c>
       <c r="D116" s="2" t="s">
-        <v>320</v>
+        <v>285</v>
       </c>
       <c r="E116" s="2" t="s">
-        <v>321</v>
+        <v>286</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>281</v>
+        <v>243</v>
       </c>
       <c r="G116" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="117" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A117" s="2" t="s">
-        <v>102</v>
+        <v>150</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>32</v>
+        <v>151</v>
       </c>
       <c r="D117" s="2" t="s">
-        <v>322</v>
+        <v>287</v>
       </c>
       <c r="E117" s="2" t="s">
-        <v>323</v>
+        <v>288</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>281</v>
+        <v>250</v>
       </c>
       <c r="G117" s="2" t="s">
-        <v>324</v>
+        <v>17</v>
       </c>
     </row>
     <row r="118" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A118" s="2" t="s">
-        <v>142</v>
+        <v>156</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>36</v>
+        <v>128</v>
       </c>
       <c r="D118" s="2" t="s">
-        <v>325</v>
+        <v>289</v>
       </c>
       <c r="E118" s="2" t="s">
-        <v>325</v>
+        <v>290</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>326</v>
+        <v>291</v>
       </c>
       <c r="G118" s="2" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
     </row>
     <row r="119" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A119" s="2" t="s">
-        <v>142</v>
+        <v>168</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>28</v>
+        <v>128</v>
       </c>
       <c r="D119" s="2" t="s">
-        <v>327</v>
+        <v>292</v>
       </c>
       <c r="E119" s="2" t="s">
-        <v>327</v>
+        <v>293</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>300</v>
+        <v>243</v>
       </c>
       <c r="G119" s="2" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
     </row>
     <row r="120" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A120" s="2" t="s">
-        <v>142</v>
+        <v>168</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>28</v>
+        <v>128</v>
       </c>
       <c r="D120" s="2" t="s">
-        <v>328</v>
+        <v>294</v>
       </c>
       <c r="E120" s="2" t="s">
-        <v>328</v>
+        <v>295</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>326</v>
+        <v>243</v>
       </c>
       <c r="G120" s="2" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
     </row>
     <row r="121" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A121" s="2" t="s">
-        <v>148</v>
+        <v>168</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>28</v>
+        <v>128</v>
       </c>
       <c r="D121" s="2" t="s">
-        <v>329</v>
+        <v>296</v>
       </c>
       <c r="E121" s="2" t="s">
-        <v>330</v>
+        <v>297</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>281</v>
+        <v>250</v>
       </c>
       <c r="G121" s="2" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
     </row>
     <row r="122" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A122" s="2" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>28</v>
+        <v>128</v>
       </c>
       <c r="D122" s="2" t="s">
-        <v>331</v>
+        <v>298</v>
       </c>
       <c r="E122" s="2" t="s">
-        <v>332</v>
+        <v>299</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>274</v>
+        <v>250</v>
       </c>
       <c r="G122" s="2" t="s">
-        <v>333</v>
+        <v>186</v>
       </c>
     </row>
     <row r="123" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A123" s="2" t="s">
-        <v>185</v>
+        <v>168</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>81</v>
+        <v>128</v>
       </c>
       <c r="D123" s="2" t="s">
-        <v>334</v>
+        <v>300</v>
       </c>
       <c r="E123" s="2" t="s">
-        <v>335</v>
+        <v>301</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>274</v>
+        <v>243</v>
       </c>
       <c r="G123" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="124" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A124" s="2" t="s">
-        <v>185</v>
+        <v>171</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>81</v>
+        <v>23</v>
       </c>
       <c r="D124" s="2" t="s">
-        <v>336</v>
+        <v>302</v>
       </c>
       <c r="E124" s="2" t="s">
-        <v>337</v>
+        <v>303</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>281</v>
+        <v>250</v>
       </c>
       <c r="G124" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="125" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A125" s="2" t="s">
-        <v>338</v>
+        <v>176</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>169</v>
+        <v>13</v>
       </c>
       <c r="D125" s="2" t="s">
-        <v>339</v>
+        <v>304</v>
       </c>
       <c r="E125" s="2" t="s">
-        <v>340</v>
+        <v>305</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>341</v>
+        <v>243</v>
       </c>
       <c r="G125" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="126" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A126" s="2" t="s">
-        <v>338</v>
+        <v>176</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>169</v>
+        <v>13</v>
       </c>
       <c r="D126" s="2" t="s">
-        <v>342</v>
+        <v>306</v>
       </c>
       <c r="E126" s="2" t="s">
-        <v>343</v>
+        <v>305</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>341</v>
+        <v>243</v>
       </c>
       <c r="G126" s="2" t="s">
-        <v>333</v>
+        <v>17</v>
       </c>
     </row>
     <row r="127" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A127" s="2" t="s">
-        <v>204</v>
+        <v>187</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>302</v>
+        <v>117</v>
       </c>
       <c r="D127" s="2" t="s">
-        <v>344</v>
+        <v>307</v>
       </c>
       <c r="E127" s="2" t="s">
-        <v>345</v>
+        <v>308</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>274</v>
+        <v>250</v>
       </c>
       <c r="G127" s="2" t="s">
-        <v>346</v>
+        <v>309</v>
       </c>
     </row>
     <row r="128" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A128" s="2" t="s">
-        <v>204</v>
+        <v>187</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="D128" s="2" t="s">
-        <v>347</v>
+        <v>310</v>
       </c>
       <c r="E128" s="2" t="s">
-        <v>348</v>
+        <v>311</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>274</v>
+        <v>250</v>
       </c>
       <c r="G128" s="2" t="s">
-        <v>346</v>
+        <v>309</v>
       </c>
     </row>
     <row r="129" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A129" s="2" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>123</v>
+        <v>203</v>
       </c>
       <c r="D129" s="2" t="s">
-        <v>349</v>
+        <v>312</v>
       </c>
       <c r="E129" s="2" t="s">
-        <v>350</v>
+        <v>312</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>305</v>
+        <v>250</v>
       </c>
       <c r="G129" s="2" t="s">
-        <v>180</v>
+        <v>17</v>
       </c>
     </row>
     <row r="130" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A130" s="2" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>123</v>
+        <v>203</v>
       </c>
       <c r="D130" s="2" t="s">
-        <v>351</v>
+        <v>313</v>
       </c>
       <c r="E130" s="2" t="s">
-        <v>352</v>
+        <v>314</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>305</v>
+        <v>250</v>
       </c>
       <c r="G130" s="2" t="s">
-        <v>180</v>
+        <v>17</v>
       </c>
     </row>
     <row r="131" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A131" s="2" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>123</v>
+        <v>203</v>
       </c>
       <c r="D131" s="2" t="s">
-        <v>353</v>
+        <v>315</v>
       </c>
       <c r="E131" s="2" t="s">
-        <v>354</v>
+        <v>316</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>305</v>
+        <v>317</v>
       </c>
       <c r="G131" s="2" t="s">
-        <v>180</v>
+        <v>17</v>
       </c>
     </row>
     <row r="132" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A132" s="2" t="s">
-        <v>216</v>
+        <v>202</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>217</v>
+        <v>203</v>
       </c>
       <c r="D132" s="2" t="s">
-        <v>355</v>
+        <v>318</v>
       </c>
       <c r="E132" s="2" t="s">
-        <v>356</v>
+        <v>319</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>357</v>
+        <v>320</v>
       </c>
       <c r="G132" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="133" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A133" s="2" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D133" s="2" t="s">
-        <v>358</v>
+        <v>321</v>
       </c>
       <c r="E133" s="2" t="s">
-        <v>358</v>
+        <v>322</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>274</v>
+        <v>323</v>
       </c>
       <c r="G133" s="2" t="s">
-        <v>17</v>
+        <v>131</v>
       </c>
     </row>
     <row r="134" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A134" s="2" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D134" s="2" t="s">
-        <v>359</v>
+        <v>324</v>
       </c>
       <c r="E134" s="2" t="s">
-        <v>360</v>
+        <v>325</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>274</v>
+        <v>235</v>
       </c>
       <c r="G134" s="2" t="s">
-        <v>17</v>
+        <v>131</v>
       </c>
     </row>
     <row r="135" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A135" s="2" t="s">
-        <v>216</v>
+        <v>225</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>217</v>
+        <v>122</v>
       </c>
       <c r="D135" s="2" t="s">
-        <v>361</v>
+        <v>326</v>
       </c>
       <c r="E135" s="2" t="s">
-        <v>362</v>
+        <v>327</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>363</v>
+        <v>250</v>
       </c>
       <c r="G135" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="136" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A136" s="2" t="s">
-        <v>364</v>
+        <v>225</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>169</v>
+        <v>122</v>
       </c>
       <c r="D136" s="2" t="s">
-        <v>365</v>
+        <v>328</v>
       </c>
       <c r="E136" s="2" t="s">
-        <v>366</v>
+        <v>329</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>281</v>
+        <v>250</v>
       </c>
       <c r="G136" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="137" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A137" s="2" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>108</v>
+        <v>122</v>
       </c>
       <c r="D137" s="2" t="s">
-        <v>367</v>
+        <v>330</v>
       </c>
       <c r="E137" s="2" t="s">
-        <v>367</v>
+        <v>331</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>281</v>
+        <v>250</v>
       </c>
       <c r="G137" s="2" t="s">
-        <v>177</v>
+        <v>17</v>
       </c>
     </row>
     <row r="138" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A138" s="2" t="s">
-        <v>231</v>
+        <v>202</v>
       </c>
       <c r="B138" s="2" t="s">
-        <v>12</v>
+        <v>332</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>120</v>
+        <v>203</v>
       </c>
       <c r="D138" s="2" t="s">
-        <v>368</v>
+        <v>333</v>
       </c>
       <c r="E138" s="2" t="s">
-        <v>369</v>
+        <v>334</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>257</v>
+        <v>42</v>
       </c>
       <c r="G138" s="2" t="s">
-        <v>66</v>
+        <v>17</v>
       </c>
     </row>
     <row r="139" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A139" s="2" t="s">
-        <v>231</v>
+        <v>207</v>
       </c>
       <c r="B139" s="2" t="s">
-        <v>12</v>
+        <v>335</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>120</v>
+        <v>165</v>
       </c>
       <c r="D139" s="2" t="s">
-        <v>370</v>
+        <v>336</v>
       </c>
       <c r="E139" s="2" t="s">
-        <v>371</v>
+        <v>337</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>257</v>
+        <v>42</v>
       </c>
       <c r="G139" s="2" t="s">
-        <v>66</v>
+        <v>52</v>
       </c>
     </row>
     <row r="140" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A140" s="2" t="s">
-        <v>231</v>
+        <v>207</v>
       </c>
       <c r="B140" s="2" t="s">
-        <v>12</v>
+        <v>335</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>120</v>
+        <v>165</v>
       </c>
       <c r="D140" s="2" t="s">
-        <v>372</v>
+        <v>338</v>
       </c>
       <c r="E140" s="2" t="s">
-        <v>373</v>
+        <v>339</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>257</v>
+        <v>243</v>
       </c>
       <c r="G140" s="2" t="s">
-        <v>66</v>
+        <v>17</v>
       </c>
     </row>
     <row r="141" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A141" s="2" t="s">
-        <v>241</v>
+        <v>207</v>
       </c>
       <c r="B141" s="2" t="s">
-        <v>12</v>
+        <v>335</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>108</v>
+        <v>165</v>
       </c>
       <c r="D141" s="2" t="s">
-        <v>374</v>
+        <v>340</v>
       </c>
       <c r="E141" s="2" t="s">
-        <v>375</v>
+        <v>341</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>281</v>
+        <v>250</v>
       </c>
       <c r="G141" s="2" t="s">
-        <v>180</v>
+        <v>52</v>
       </c>
     </row>
     <row r="142" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A142" s="2" t="s">
-        <v>241</v>
+        <v>207</v>
       </c>
       <c r="B142" s="2" t="s">
-        <v>12</v>
+        <v>335</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>108</v>
+        <v>165</v>
       </c>
       <c r="D142" s="2" t="s">
-        <v>376</v>
+        <v>342</v>
       </c>
       <c r="E142" s="2" t="s">
-        <v>377</v>
+        <v>343</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>281</v>
+        <v>250</v>
       </c>
       <c r="G142" s="2" t="s">
-        <v>180</v>
+        <v>52</v>
       </c>
     </row>
     <row r="143" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A143" s="2" t="s">
-        <v>378</v>
+        <v>207</v>
       </c>
       <c r="B143" s="2" t="s">
-        <v>379</v>
+        <v>335</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>380</v>
+        <v>165</v>
       </c>
       <c r="D143" s="2" t="s">
-        <v>381</v>
+        <v>344</v>
       </c>
       <c r="E143" s="2" t="s">
-        <v>382</v>
+        <v>345</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>16</v>
+        <v>250</v>
       </c>
       <c r="G143" s="2" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
     </row>
     <row r="144" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A144" s="2" t="s">
-        <v>378</v>
+        <v>207</v>
       </c>
       <c r="B144" s="2" t="s">
-        <v>379</v>
+        <v>335</v>
       </c>
       <c r="C144" s="2" t="s">
-        <v>380</v>
+        <v>165</v>
       </c>
       <c r="D144" s="2" t="s">
-        <v>383</v>
+        <v>346</v>
       </c>
       <c r="E144" s="2" t="s">
-        <v>384</v>
+        <v>347</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>16</v>
+        <v>250</v>
       </c>
       <c r="G144" s="2" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
     </row>
     <row r="145" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A145" s="2" t="s">
-        <v>378</v>
+        <v>207</v>
       </c>
       <c r="B145" s="2" t="s">
-        <v>379</v>
+        <v>335</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>380</v>
+        <v>165</v>
       </c>
       <c r="D145" s="2" t="s">
-        <v>385</v>
+        <v>348</v>
       </c>
       <c r="E145" s="2" t="s">
-        <v>386</v>
+        <v>349</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>16</v>
+        <v>250</v>
       </c>
       <c r="G145" s="2" t="s">
-        <v>31</v>
-[...275 lines deleted...]
-        <v>66</v>
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:G1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>