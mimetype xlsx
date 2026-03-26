--- v1 (2026-01-31)
+++ v2 (2026-03-26)
@@ -12,1104 +12,1089 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Source" state="visible" r:id="rId4"/>
     <sheet sheetId="2" name="As of Date" state="visible" r:id="rId5"/>
     <sheet sheetId="3" name="Data" state="visible" r:id="rId6"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1019" uniqueCount="350">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1005" uniqueCount="345">
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Based on 2025 Annual Spatial Data Plans of Bureaux and Departments (for 2026-2028)</t>
   </si>
   <si>
     <t>As of Date</t>
   </si>
   <si>
-    <t>08/01/2026</t>
+    <t>10/02/2026</t>
   </si>
   <si>
     <t>Data Provider</t>
   </si>
   <si>
     <t>Other Organisation</t>
   </si>
   <si>
     <t>Type of Data</t>
   </si>
   <si>
     <t>Name of Dataset</t>
   </si>
   <si>
     <t>General Description</t>
   </si>
   <si>
     <t>Target Release Date</t>
   </si>
   <si>
     <t>Update Frequency</t>
   </si>
   <si>
+    <t>機電工程署</t>
+  </si>
+  <si>
+    <t>N/A</t>
+  </si>
+  <si>
+    <t>工商業</t>
+  </si>
+  <si>
+    <t>政府物聯通基站</t>
+  </si>
+  <si>
+    <t>政府物聯通基站的位置</t>
+  </si>
+  <si>
+    <t>01/2026</t>
+  </si>
+  <si>
+    <t>每季</t>
+  </si>
+  <si>
+    <t>民政事務總署</t>
+  </si>
+  <si>
+    <t>發展</t>
+  </si>
+  <si>
+    <t>歷史地方行政區分界</t>
+  </si>
+  <si>
+    <t>歷史地方行政區分界的地理參考數據，包括中、英文名稱及分界坐標(經度和緯度)。</t>
+  </si>
+  <si>
+    <t>當有更新數據時</t>
+  </si>
+  <si>
+    <t>地政總署</t>
+  </si>
+  <si>
+    <t>地理</t>
+  </si>
+  <si>
+    <t>數碼正射影像圖DOP1000-1976</t>
+  </si>
+  <si>
+    <t>DOP1000-1976正射影像圖採用1976年於4000呎上空拍攝的航空照片製作，其地面採樣距離為0.1米。它主要涵蓋香港島，及包括部分油尖旺、九龍城、黃大仙、觀塘、葵青、荃灣、屯門、元朗、大埔、沙田和西貢等地區。採用GeoTIFF格式並附有 Worldfile檔案發布。</t>
+  </si>
+  <si>
+    <t>一次性</t>
+  </si>
+  <si>
+    <t>衞生署</t>
+  </si>
+  <si>
+    <t>衞生</t>
+  </si>
+  <si>
+    <t>愛嬰母嬰健康院</t>
+  </si>
+  <si>
+    <t>愛嬰母嬰健康院列表, 附有基本資料</t>
+  </si>
+  <si>
+    <t>設有育嬰間的政府物業</t>
+  </si>
+  <si>
+    <t>設有育嬰間的政府物業的列表，列有設施地點及其他詳細資料</t>
+  </si>
+  <si>
+    <t>一年兩次</t>
+  </si>
+  <si>
     <t>勞工處</t>
   </si>
   <si>
-    <t>N/A</t>
-[...1 lines deleted...]
-  <si>
     <t>勞工、社區及社會福利</t>
   </si>
   <si>
     <t>勞資關係科辦事處資料</t>
   </si>
   <si>
     <t>勞工處勞資關係科辦事處地址及開放時間</t>
   </si>
   <si>
-    <t>01/2026</t>
-[...4 lines deleted...]
-  <si>
     <t>小額薪酬索償仲裁處資料</t>
   </si>
   <si>
     <t>小額薪酬索償仲裁處地址、開放時間及查詢電話號碼</t>
   </si>
   <si>
     <t>職工會登記局資料</t>
   </si>
   <si>
     <t>職工會登記局地址及開放時間</t>
   </si>
   <si>
+    <t>社會福利署</t>
+  </si>
+  <si>
+    <t>殘疾人士輔助就業培訓</t>
+  </si>
+  <si>
+    <t>殘疾人士輔助就業培訓服務單位名單 (地區、服務營運機構名稱、地址、聯絡電話、傳真號碼、服務名額、性別)</t>
+  </si>
+  <si>
+    <t>精神復元人士過渡支援服務</t>
+  </si>
+  <si>
+    <t>服務簡介、服務對象、服務機構名單、服務隊名稱、地址、電話及傳真號碼</t>
+  </si>
+  <si>
     <t>土木工程拓展署</t>
   </si>
   <si>
     <t>康樂及文化</t>
   </si>
   <si>
     <t>大澳旅遊熱點人流資訊</t>
   </si>
   <si>
     <t>每5分鐘</t>
   </si>
   <si>
-    <t>地政總署</t>
-[...11 lines deleted...]
-    <t>一次性</t>
+    <t>康樂及文化事務署</t>
+  </si>
+  <si>
+    <t>康樂及文化; 運動</t>
+  </si>
+  <si>
+    <t>智能自助服務站地點</t>
+  </si>
+  <si>
+    <t>科技</t>
+  </si>
+  <si>
+    <t>香港衞星定位參考站網（SatRef）之網路實時動態完整性監測數據流（NMEA格式）</t>
+  </si>
+  <si>
+    <t>香港衛星定位參考站網的完整性監測站的GNSS網路實時動態定位結果，以NMEA格式發放。</t>
+  </si>
+  <si>
+    <t>02/2026</t>
+  </si>
+  <si>
+    <t>實時</t>
+  </si>
+  <si>
+    <t>渠務署</t>
+  </si>
+  <si>
+    <t>環境</t>
+  </si>
+  <si>
+    <t>識河惜生態 · 資料館 - 香港 · 河道</t>
+  </si>
+  <si>
+    <t>03/2026</t>
+  </si>
+  <si>
+    <t>房屋局 / 房屋委員會 / 房屋署</t>
+  </si>
+  <si>
+    <t>房屋</t>
+  </si>
+  <si>
+    <t>「簡約公屋」單位資料</t>
+  </si>
+  <si>
+    <t>「簡約公屋」單位資料。</t>
+  </si>
+  <si>
+    <t>渠務署設施自助遊</t>
+  </si>
+  <si>
+    <t>渠務署設施自助遊（啟德河徑、南生圍河教育徑、新田防洪計畫）(發放日期由09/2025改為03/2026)</t>
+  </si>
+  <si>
+    <t>發展局</t>
+  </si>
+  <si>
+    <t>啟德共融通道</t>
+  </si>
+  <si>
+    <t>啟德共融通道已開放給公眾使用的位置</t>
+  </si>
+  <si>
+    <t>運輸署</t>
+  </si>
+  <si>
+    <t>運輸</t>
+  </si>
+  <si>
+    <t>車隊的士停車處</t>
+  </si>
+  <si>
+    <t>車隊的士停車處位置地點</t>
+  </si>
+  <si>
+    <t>承辦商名單四：住宅氣體接駁軟喉更換（煤氣）</t>
+  </si>
+  <si>
+    <t>氣體安全（氣體裝置技工及氣體工程承辦商註冊）規例所界定的註冊氣體工程承辦商名單</t>
+  </si>
+  <si>
+    <t>04/2026</t>
+  </si>
+  <si>
+    <t>承辦商名單五：住宅氣體接駁軟喉更換（石油氣）</t>
+  </si>
+  <si>
+    <t>鄉郊代表選舉現有鄉村／墟鎮分界 (2027-2030)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">鄉郊代表選舉現有鄉村／墟鎮分界的地理參考數據。
+此數據種類已於2022年12月首次發放，並會於每四年發放新數據。</t>
+  </si>
+  <si>
+    <t>每四年一次</t>
+  </si>
+  <si>
+    <t>政府統計處</t>
+  </si>
+  <si>
+    <t>人口</t>
+  </si>
+  <si>
+    <t>2021 年人口普查（樓市片區及樓宇組群統計數字及分界）</t>
+  </si>
+  <si>
+    <t>此2021年人口普查數據集包含在2021年居於173個樓市片區及3286個樓宇組群的香港人口有關人口、住戶、教育、經濟、房屋及內部遷移特徵的統計數字。此數據集亦包含各樓市片區及樓宇組群的分界。樓市片區及樓宇組群是政府統計處和中原地圖有限公司（中原地圖）為發布香港人口普查╱中期人口統計的統計數字而合作發展的分界系統。2021年人口普查於2021年6月至8月期間進行，提供了香港人口的社會和經濟特徵的基準統計數字。這些數字對政府在規劃和制定政策尤為重要。</t>
+  </si>
+  <si>
+    <t>漁農自然護理署</t>
+  </si>
+  <si>
+    <t>「漁＋樂」魚場資料</t>
+  </si>
+  <si>
+    <t>「漁＋樂」魚場的位置資料</t>
+  </si>
+  <si>
+    <t>路政署</t>
+  </si>
+  <si>
+    <t>加建隔音屏障工程</t>
+  </si>
+  <si>
+    <t>提供由路政署管轄範圍內的加建隔音屏障工程資料。</t>
+  </si>
+  <si>
+    <t>道路工程</t>
+  </si>
+  <si>
+    <t>提供由路政署管轄範圍內的道路工程資料。</t>
+  </si>
+  <si>
+    <t>可達性工程</t>
+  </si>
+  <si>
+    <t>提供由路政署管轄範圍內的可達性工程資料。</t>
+  </si>
+  <si>
+    <t>香港天文台</t>
+  </si>
+  <si>
+    <t>氣象</t>
+  </si>
+  <si>
+    <t>每日香港境內雲間閃電總次數</t>
+  </si>
+  <si>
+    <t>提供每日香港境內雲間閃電總次數資料</t>
+  </si>
+  <si>
+    <t>06/2026</t>
+  </si>
+  <si>
+    <t>每月</t>
+  </si>
+  <si>
+    <t>每日香港境內雲對地閃電總次數</t>
+  </si>
+  <si>
+    <t>提供每日香港境內雲對地閃電總次數資料</t>
+  </si>
+  <si>
+    <t>每月總可能蒸散量</t>
+  </si>
+  <si>
+    <t>提供每月總可能蒸散量資料</t>
+  </si>
+  <si>
+    <t>歷史地圖 – 清水灣（1954）</t>
+  </si>
+  <si>
+    <t>顯示1954年的清水灣的歷史地圖。</t>
   </si>
   <si>
     <t>歷史地圖 – 大澳（1918）</t>
   </si>
   <si>
     <t>顯示1918年的大澳的歷史地圖。</t>
   </si>
   <si>
-    <t>06/2026</t>
-[...53 lines deleted...]
-    <t>來港就讀教資會資助的全日制課程的交流生人次統計</t>
+    <t>動物寄養所</t>
+  </si>
+  <si>
+    <t>動物寄養所的位置及聯絡詳情</t>
+  </si>
+  <si>
+    <t>醫務衞生局</t>
+  </si>
+  <si>
+    <t>樂妍站一覽表</t>
+  </si>
+  <si>
+    <t>數據集附有樂妍站的聯絡資料，包括地址、電話號碼、傳真號碼及網址。</t>
+  </si>
+  <si>
+    <t>重售青富苑及蝶翠苑綠表置居計劃(綠置居)單位的成交記錄</t>
+  </si>
+  <si>
+    <t>單位成交記錄資料。</t>
+  </si>
+  <si>
+    <t>出售綠表置居計劃(綠置居)單位2019的成交記錄</t>
+  </si>
+  <si>
+    <t>出售綠表置居計劃(綠置居)單位2018的成交記錄</t>
+  </si>
+  <si>
+    <t>出售綠表置居計劃單位(綠置居)2020/21的成交記錄</t>
+  </si>
+  <si>
+    <t>出售綠表置居計劃單位(綠置居)2022的成交記錄</t>
+  </si>
+  <si>
+    <t>出售綠表置居計劃單位(綠置居)2023的成交記錄</t>
+  </si>
+  <si>
+    <t>出售居者有其屋計劃(居屋)單位2018的成交記錄</t>
+  </si>
+  <si>
+    <t>出售居者有其屋計劃(居屋)單位2019的成交記錄</t>
+  </si>
+  <si>
+    <t>出售居者有其屋計劃(居屋)單位2020的成交記錄</t>
+  </si>
+  <si>
+    <t>出售居者有其屋計劃(居屋)單位2022的成交記錄</t>
+  </si>
+  <si>
+    <t>出售居者有其屋計劃(居屋)單位2023的成交記錄</t>
+  </si>
+  <si>
+    <t>出售居者有其屋計劃(居屋)單位2024的成交記錄</t>
+  </si>
+  <si>
+    <t>出售青富苑及蝶翠苑未售出綠表置居計劃(綠置居)單位的成交記錄</t>
+  </si>
+  <si>
+    <t>道路工程位置數據</t>
+  </si>
+  <si>
+    <t>位於時速限制70公里或以上道路的工程位置(JSON)</t>
+  </si>
+  <si>
+    <t>屋宇署</t>
+  </si>
+  <si>
+    <t>採用「組裝合成」建築法的私人樓宇</t>
+  </si>
+  <si>
+    <t>採用「組裝合成」建築法的私人樓宇及樓宇的佔用許可證簽發日期、樓宇類型及地址</t>
+  </si>
+  <si>
+    <t>08/2026</t>
+  </si>
+  <si>
+    <t>食物環境衞生署</t>
+  </si>
+  <si>
+    <t>網上受限制食物售賣許可證</t>
+  </si>
+  <si>
+    <t>本港網上受限制食物售賣許可證名單</t>
+  </si>
+  <si>
+    <t>09/2026</t>
+  </si>
+  <si>
+    <t>每日</t>
+  </si>
+  <si>
+    <t>規劃署</t>
+  </si>
+  <si>
+    <t>2025土地用途網格</t>
+  </si>
+  <si>
+    <t>根據更新的衛星圖像制作的香港概括土地用途分佈網格。</t>
   </si>
   <si>
     <t>每年</t>
   </si>
   <si>
-    <t>按大學、修課程度及目的地劃分的來自教資會資助的全日制課程離港的交流生人次</t>
-[...175 lines deleted...]
-  <si>
     <t>由房屋委員會(房委會)管理的已落成公共屋邨內的大型樹</t>
   </si>
   <si>
     <t>該數據集包括位於已落成公共屋邨內，主樹幹胸徑超過500毫米的大型樹。</t>
-  </si>
-[...70 lines deleted...]
-    <t>已獲註冊能源效益評核人簽發《建築物能源效益條例》能源審核表格的建築物和相關資料</t>
   </si>
   <si>
     <t>已獲發《建築物能源效益條例》遵行規定登記證明書的建築物</t>
   </si>
   <si>
     <t xml:space="preserve">已獲發《建築物能源效益條例》遵行規定登記證明書的建築物的位置和相關資料
 (本數據集的非空間數據已於2023年6月發放)</t>
   </si>
   <si>
-    <t>淡水冷卻塔計劃的選定地區</t>
-[...2 lines deleted...]
-    <t>淡水冷卻塔計劃的選定地區位置圖</t>
+    <t>10/2026</t>
+  </si>
+  <si>
+    <t>已獲發《建築物能源效益條例》能源審核表格的建築物</t>
+  </si>
+  <si>
+    <t>已獲註冊能源效益評核人簽發《建築物能源效益條例》能源審核表格的建築物和相關資料</t>
+  </si>
+  <si>
+    <t>已呈交《建築物能源效益條例》首階段聲明的建築物</t>
+  </si>
+  <si>
+    <t>已提交《建築物能源效益條例》首階段聲明的建築物的位置和相關資料</t>
+  </si>
+  <si>
+    <t>區域供冷系統</t>
+  </si>
+  <si>
+    <t>區域供冷系統的位置</t>
   </si>
   <si>
     <t>能源效益及節約展覽中心</t>
   </si>
   <si>
     <t xml:space="preserve">正舉行能源效益及節約展覽的處所和相關資料
 (備注：本數據集乃根據最近的調查所得，並非全面)</t>
   </si>
   <si>
-    <t>民政事務總署</t>
-[...15 lines deleted...]
-    <t>每四年一次</t>
+    <t>仍然生效的《建築物能源效益條例》敦促改善通知書的處所</t>
+  </si>
+  <si>
+    <t>仍然生效的《建築物能源效益條例》敦促改善通知書的處所和相關資料</t>
+  </si>
+  <si>
+    <t>房屋委員會公共租住房屋單位資料</t>
+  </si>
+  <si>
+    <t>公共租住房屋單位資料。</t>
+  </si>
+  <si>
+    <t>公共屋邨位置及資料 – 房委會工廠大廈</t>
+  </si>
+  <si>
+    <t>房委會工廠大廈資料包括工廠大廈名稱、位置、入伙年份、層數及單位數目。</t>
+  </si>
+  <si>
+    <t>公共屋邨位置及資料 – 房委會商場</t>
+  </si>
+  <si>
+    <t>房委會商場資料包括屋邨名稱、位置、落成年份、層數及可出租面積約數。</t>
+  </si>
+  <si>
+    <t>公共屋邨位置及資料 – 居者有其屋計劃屋苑</t>
+  </si>
+  <si>
+    <t>居屋屋苑資料。</t>
+  </si>
+  <si>
+    <t>公共屋邨位置及資料 – 公共屋邨</t>
+  </si>
+  <si>
+    <t>公共屋邨資料。</t>
+  </si>
+  <si>
+    <t>出售租者置其屋計劃(租置計劃)屋邨單位的成交記錄</t>
+  </si>
+  <si>
+    <t>選舉事務處</t>
+  </si>
+  <si>
+    <t>選舉</t>
+  </si>
+  <si>
+    <t>2026年選民登記數字</t>
+  </si>
+  <si>
+    <t>2026年選民登記數字(地方選區)</t>
+  </si>
+  <si>
+    <t>11/2026</t>
+  </si>
+  <si>
+    <t>香港消防處</t>
+  </si>
+  <si>
+    <t>設有持牌危險品倉庫的大廈</t>
+  </si>
+  <si>
+    <t>設有持牌危險品倉庫的大廈名單</t>
+  </si>
+  <si>
+    <t>12/2026</t>
+  </si>
+  <si>
+    <t>持牌加油站</t>
+  </si>
+  <si>
+    <t>持牌加油站的位置</t>
+  </si>
+  <si>
+    <t>香港金融管理局</t>
+  </si>
+  <si>
+    <t>穩定幣發行人紀錄冊</t>
+  </si>
+  <si>
+    <t>穩定幣發行人在香港的主要業務地址</t>
+  </si>
+  <si>
+    <t>登記食物進口商和登記食物分銷商登記册</t>
+  </si>
+  <si>
+    <t>大學教育資助委員會秘書處</t>
+  </si>
+  <si>
+    <t>教育</t>
+  </si>
+  <si>
+    <t>按大學、修課程度及原居地劃分的來港就讀教資會資助的全日制課程的交流生人次</t>
+  </si>
+  <si>
+    <t>來港就讀教資會資助的全日制課程的交流生人次統計</t>
+  </si>
+  <si>
+    <t>郊野公園內其他康樂場地的樹木資料</t>
+  </si>
+  <si>
+    <t>郊野公園其他康樂場地所記錄的樹木資料，包括樹種及位置</t>
+  </si>
+  <si>
+    <t>敎資會資助大學的研究補助金</t>
+  </si>
+  <si>
+    <t>按大學、修課程度及目的地劃分的來自教資會資助的全日制課程離港的交流生人次</t>
+  </si>
+  <si>
+    <t>來自教資會資助的全日制課程離港的交流生人次統計</t>
+  </si>
+  <si>
+    <t>按大學劃分的教資會資助副學士及學士學位課程有特殊教育需要的就學人數</t>
+  </si>
+  <si>
+    <t>敎資會資助副學士及學士學位課程有特殊教育需要的就學人數統計</t>
+  </si>
+  <si>
+    <t>教育; 康樂及文化</t>
+  </si>
+  <si>
+    <t>市區公園觀蝶</t>
+  </si>
+  <si>
+    <t>觀蝶位置</t>
+  </si>
+  <si>
+    <t>淡水冷卻塔計劃的選定地區</t>
+  </si>
+  <si>
+    <t>淡水冷卻塔計劃的選定地區位置圖</t>
+  </si>
+  <si>
+    <t>環境保護署</t>
+  </si>
+  <si>
+    <t>海岸清潔情況</t>
+  </si>
+  <si>
+    <t>優先處理地點的海岸清潔評分</t>
+  </si>
+  <si>
+    <t>家庭醫生(基層醫療指南)一覽表</t>
+  </si>
+  <si>
+    <t>數據集附有家庭醫生的聯絡資料，包括地址、醫護機構、醫護服務地點及電話號碼。</t>
+  </si>
+  <si>
+    <t>差餉物業估價署</t>
+  </si>
+  <si>
+    <t>統計摘要 - 地租登記冊 - 各地區的估價及應課差餉租值</t>
+  </si>
+  <si>
+    <t>地租登記冊截至有關年度4 月1 日各區域估價的數量及應課差餉租值總數的統計數據。</t>
+  </si>
+  <si>
+    <t>統計摘要 - 估價冊 - 各地區的估價及應課差餉租值</t>
+  </si>
+  <si>
+    <t>估價冊截至有關年度4 月1 日各區域估價的數量及應課差餉租值總數的統計數據。</t>
+  </si>
+  <si>
+    <t>出售綠表置居計劃(綠置居)單位2024的成交記錄</t>
+  </si>
+  <si>
+    <t>演藝場地-未來的工程項目</t>
+  </si>
+  <si>
+    <t>場地正在進行大型整修及計劃興建之工程項目</t>
+  </si>
+  <si>
+    <t>法定古蹟的三維數碼模型</t>
+  </si>
+  <si>
+    <t>單體化的法定古蹟的三維數碼模型是一組具有幾何數據、紋理影像、外觀和位置的數據。這些模型是根據 2017 年至 2025 年期間取得的點雲數據和小型無人機 (SUA) 拍攝的航空拍照片製作出來的。</t>
+  </si>
+  <si>
+    <t>演藝場地-最近的工程項目</t>
+  </si>
+  <si>
+    <t>最近劇院系統更新、改善及裝修的工程</t>
+  </si>
+  <si>
+    <t>競賽場地</t>
+  </si>
+  <si>
+    <t>競賽場地位置</t>
+  </si>
+  <si>
+    <t>康文署場地的樹木資料</t>
   </si>
   <si>
     <t>海事處</t>
   </si>
   <si>
-    <t>運輸</t>
-[...1 lines deleted...]
-  <si>
     <t>政府繫泊浮泡</t>
   </si>
   <si>
     <t>政府繫泊浮泡的位置</t>
   </si>
   <si>
     <t>葵涌控制站服務範圍</t>
   </si>
   <si>
     <t>葵涌控制站所管理的船舶交通區域</t>
   </si>
   <si>
-    <t>渠務署</t>
-[...227 lines deleted...]
-    <t>穩定幣發行人在香港的主要業務地址</t>
+    <t>「地區服務及關愛隊伍」(「關愛隊」）的概要資料</t>
+  </si>
+  <si>
+    <t>全港各小區「關愛隊」的分界圖、聯絡途徑、承辦團體、夥伴團體、隊長、副隊長及成員名單。</t>
+  </si>
+  <si>
+    <t>02/2027</t>
+  </si>
+  <si>
+    <t>美化及綠化渠務署設施</t>
+  </si>
+  <si>
+    <t>美化及綠化渠務署設施 (發放日期由12/2025改為03/2027)</t>
+  </si>
+  <si>
+    <t>03/2027</t>
+  </si>
+  <si>
+    <t>每月熱度日(HDD)及冷度日(CDD)</t>
+  </si>
+  <si>
+    <t>提供每月熱度日(HDD)及冷度日(CDD)資料</t>
+  </si>
+  <si>
+    <t>06/2027</t>
   </si>
   <si>
     <t>歷史地圖 – 香港 （1958）</t>
   </si>
   <si>
     <t>顯示1958年香港全景的歷史地圖。</t>
   </si>
   <si>
-    <t>06/2027</t>
-[...1 lines deleted...]
-  <si>
     <t>歷史地圖 – 香港 （1960）</t>
   </si>
   <si>
     <t>顯示1960年香港全景的歷史地圖。</t>
   </si>
   <si>
+    <t>賞花好去處</t>
+  </si>
+  <si>
+    <t>介紹康文署場地常見的顯花樹木及觀賞地點的XY座標</t>
+  </si>
+  <si>
+    <t>07/2027</t>
+  </si>
+  <si>
+    <t>社區園圃計劃</t>
+  </si>
+  <si>
+    <t>社區園圃位置</t>
+  </si>
+  <si>
+    <t>最佳園林大獎 – 私人物業</t>
+  </si>
+  <si>
+    <t>得獎私人物業位置</t>
+  </si>
+  <si>
+    <t>每兩至三年</t>
+  </si>
+  <si>
     <t>屋宇署櫃枱服務</t>
   </si>
   <si>
     <t>櫃枱服務地點及開放時間</t>
   </si>
   <si>
     <t>08/2027</t>
   </si>
   <si>
-    <t>物業市場統計資料 - 私人住宅 - 各區域不同類別單位拆卸量</t>
-[...23 lines deleted...]
-    <t>各區域不同級別私人寫字樓拆卸量的統計數據。</t>
+    <t>2027年選民登記數字</t>
+  </si>
+  <si>
+    <t>2027年選民登記數字(地方選區) (同類數據集經已在往年發放)</t>
+  </si>
+  <si>
+    <t>11/2027</t>
+  </si>
+  <si>
+    <t>已獲發《建築物能源效益條例》遵行規定表格的處所</t>
+  </si>
+  <si>
+    <t>已獲註冊能源效益評核人簽發《建築物能源效益條例》遵行規定表格的處所和相關資料</t>
+  </si>
+  <si>
+    <t>10/2027</t>
+  </si>
+  <si>
+    <t>公共屋邨位置及資料 – 房委會停車場</t>
+  </si>
+  <si>
+    <t>房委會停車場資料包括停車場名稱、位置、及車位數目。</t>
+  </si>
+  <si>
+    <t>於2024年12月12日或之前根據第572章消防安全（建築物）條例發出消防安全指示的樓宇</t>
+  </si>
+  <si>
+    <t>於2024年12月12日或之前根據第572章消防安全（建築物）條例發出消防安全指示的樓宇地址</t>
   </si>
   <si>
     <t>12/2027</t>
   </si>
   <si>
-    <t>物業市場統計資料 - 私人寫字樓 - 各區域拆卸量</t>
-[...137 lines deleted...]
-    <t>各個污水收集整體計劃檢討的覆蓋範圍及完成時間</t>
+    <t>於2024年12月12日或之前根據第502章消防安全（商業處所）條例發出消防安全指示的樓宇/處所 - 訂明商業處所</t>
+  </si>
+  <si>
+    <t>根據消防安全(商業處所)條例(第502章)在2024年12月12日前已發出消防安全指示的訂明商業處所的地址與類別</t>
+  </si>
+  <si>
+    <t>於2024年12月12日或之前根據第502章消防安全（商業處所）條例發出消防安全指示/改善消防安全指示的樓宇/處所 - 指明商業建築物</t>
+  </si>
+  <si>
+    <t>於2024年12月12日或之前根據第502章消防安全（商業處所）條例發出消防安全指示/改善消防安全指示的樓宇/處所 - 指明商業建築物的地址</t>
+  </si>
+  <si>
+    <t>小規劃統計區及單元區的界線（2026人口普查）</t>
+  </si>
+  <si>
+    <t>二零二六年人口普查所採用的小規劃統計區及單元區之多邊形界線。</t>
+  </si>
+  <si>
+    <t>每五年</t>
+  </si>
+  <si>
+    <t>2027年區議會一般選舉 選舉結果</t>
+  </si>
+  <si>
+    <t>2027年區議會一般選舉 選舉結果(同類數據集經已在往年發放)</t>
+  </si>
+  <si>
+    <t>2027年區議會一般選舉 地區委員會界別選民數字</t>
   </si>
   <si>
     <t>香港回收再造公司名錄</t>
   </si>
   <si>
     <t xml:space="preserve">香港回收或再造公司名單
 （聲明：香港特別行政區政府並不保證或擔保本名錄的準確性或完整性，以及名單中的機構並不代表為香港特別行政區政府所認可的機構。）</t>
   </si>
   <si>
+    <t>污水收集整體計劃檢討</t>
+  </si>
+  <si>
+    <t>各個污水收集整體計劃檢討的覆蓋範圍及完成時間</t>
+  </si>
+  <si>
+    <t>物業市場統計資料 - 私人寫字樓 - 各級別拆卸量</t>
+  </si>
+  <si>
+    <t>各級別私人寫字樓拆卸量的統計數據。</t>
+  </si>
+  <si>
+    <t>物業市場統計資料 - 私人寫字樓 - 各區域不同級別拆卸量</t>
+  </si>
+  <si>
+    <t>各區域不同級別私人寫字樓拆卸量的統計數據。</t>
+  </si>
+  <si>
+    <t>物業市場統計資料 - 私人寫字樓 - 各區域拆卸量</t>
+  </si>
+  <si>
+    <t>各區域私人寫字樓拆卸量的統計數據。</t>
+  </si>
+  <si>
+    <t>新市鎮分界（2026人口普查）</t>
+  </si>
+  <si>
+    <t>二零二六年人口普查所採用的新市鎮之多邊形界線。</t>
+  </si>
+  <si>
+    <t>已評級歷史建築的三維數碼模型</t>
+  </si>
+  <si>
+    <t>單體化的已評級歷史建築的三維數碼模型是一組具有幾何數據、紋理影像、外觀和位置的數據。這些模型是根據 2017 年至 2025 年期間取得的點雲數據和小型無人機 (SUA) 拍攝的航空拍照片製作出來的。</t>
+  </si>
+  <si>
+    <t>「香港記憶」中含地理標記的資料</t>
+  </si>
+  <si>
+    <t>「香港記憶」經數碼化的歷史和文化資料中，包含地理資訊的項目。</t>
+  </si>
+  <si>
+    <t>康文署負責養護的路旁樹木資料</t>
+  </si>
+  <si>
+    <t>錨地</t>
+  </si>
+  <si>
+    <t>錨地位置</t>
+  </si>
+  <si>
+    <t>進行中的海事工程</t>
+  </si>
+  <si>
+    <t>進行中的海事工程位置</t>
+  </si>
+  <si>
+    <t>2026 年人口普查（各地區統計數字及分界）</t>
+  </si>
+  <si>
+    <t>此2026年人口普查數據集包含在2026年居於各個區議會分區、區議會地方選區、小規劃統計區（大合併組）、小規劃統計區（小合併組）、單元區（大合併組）、單元區（小合併組）、主要屋苑、以及新市鎮的香港人口有關人口、住戶、教育、經濟、房屋及內部遷移特徵的統計數字。此數據集亦包含各地區的分界。</t>
+  </si>
+  <si>
+    <t>03/2028</t>
+  </si>
+  <si>
+    <t>6個月、12個月及24個月標準化降水指數(SPI)</t>
+  </si>
+  <si>
+    <t>提供6個月、12個月及24個月標準化降水指數(SPI)資料</t>
+  </si>
+  <si>
+    <t>06/2028</t>
+  </si>
+  <si>
+    <t>2028年選民登記數字</t>
+  </si>
+  <si>
+    <t>2028年選民登記數字(地方選區) (同類數據集經已在往年發放)</t>
+  </si>
+  <si>
+    <t>11/2028</t>
+  </si>
+  <si>
+    <t>於堆填區棄置的固體廢物來源－按區域及主要廢物類別劃分</t>
+  </si>
+  <si>
+    <t>每年於堆填區棄置的固體廢物（按區域及廢物類別劃分）的細項棄置量，包括(i)家居廢物，(ii)工商業廢物，(iii)都市固體廢物及(iv)整體建築廢物。</t>
+  </si>
+  <si>
+    <t>12/2028</t>
+  </si>
+  <si>
+    <t>廢物轉運站及堆填區所接收的固體廢物總量－按主要廢物類別劃分</t>
+  </si>
+  <si>
+    <t>每年於廢物轉運站及堆填區棄置的固體廢物（按廢物類別劃分）的細項棄置量，包括(i)都市固體廢物，(ii)整體建築廢物，(iii)特殊廢物及(iv)所有廢物類別。</t>
+  </si>
+  <si>
     <t>香港水質管制區地圖</t>
   </si>
   <si>
     <t>香港水質管制區地圖（備註：請參閱環保署網頁刊登的憲報地圖：https://www.epd.gov.hk/epd/tc_chi/environmentinhk/water/hkwqrc/map/watercontrolzone.html）</t>
   </si>
   <si>
-    <t>已評級歷史建築的三維數碼模型</t>
-[...2 lines deleted...]
-    <t>單體化的已評級歷史建築的三維數碼模型是一組具有幾何數據、紋理影像、外觀和位置的數據。這些模型是根據 2017 年至 2025 年期間取得的點雲數據和小型無人機 (SUA) 拍攝的航空拍照片製作出來的。</t>
+    <t>物業市場統計資料 - 私人住宅 - 各類單位拆卸量</t>
+  </si>
+  <si>
+    <t>各類私人住宅單位拆卸量的統計數據。</t>
+  </si>
+  <si>
+    <t>物業市場統計資料 - 私人住宅 - 各區域不同類別單位拆卸量</t>
+  </si>
+  <si>
+    <t>各區域不同類別私人住宅單位拆卸量的統計數據。</t>
+  </si>
+  <si>
+    <t>物業市場統計資料 - 私人住宅 - 各區域拆卸量</t>
+  </si>
+  <si>
+    <t>各區域私人住宅單位拆卸量的統計數據。</t>
+  </si>
+  <si>
+    <t>出售綠表置居計劃單位(綠置居)2025的成交記錄</t>
+  </si>
+  <si>
+    <t>出售綠表置居計劃單位(綠置居)2026的成交記錄</t>
+  </si>
+  <si>
+    <t>出售綠表置居計劃單位(綠置居)2027的成交記錄</t>
+  </si>
+  <si>
+    <t>出售居者有其屋計劃(居屋)單位2025的成交記錄</t>
+  </si>
+  <si>
+    <t>出售居者有其屋計劃(居屋)單位2026的成交記錄</t>
+  </si>
+  <si>
+    <t>出售居者有其屋計劃(居屋)單位2027的成交記錄</t>
   </si>
   <si>
     <t>為低收入家庭護老者提供生活津貼計劃認可服務單位名單</t>
   </si>
   <si>
     <t>營辦機構名稱、認可服務單位名稱、地址及查詢電話號碼</t>
   </si>
   <si>
     <t>為低收入的殘疾人士照顧者提供生活津貼計劃認可服務單位名單</t>
   </si>
   <si>
-    <t>新市鎮分界（2026人口普查）</t>
-[...71 lines deleted...]
-    <t>於2024年12月12日或之前根據第572章消防安全（建築物）條例發出消防安全指示的樓宇地址</t>
+    <t>避風碇泊處</t>
+  </si>
+  <si>
+    <t>避風碇泊處位置</t>
   </si>
   <si>
     <t>選舉管理委員會</t>
   </si>
   <si>
     <t>2027年區議會一般選舉區議會地方選區分界</t>
   </si>
   <si>
     <t>2027年區議會一般選舉區議會地方選區分界(此數據集由選舉管理委員會擁有及發放。)</t>
   </si>
   <si>
     <t>醫院管理局</t>
   </si>
   <si>
     <t>按醫院劃分的選定內窺鏡程序的統計數字</t>
   </si>
   <si>
     <t>本數據集備有醫院管理局轄下醫院的按醫院劃分的選定內窺鏡程序及地理位置。</t>
   </si>
   <si>
+    <t>醫院管理局轄下「思覺失調」服務中心目錄</t>
+  </si>
+  <si>
+    <t>醫院管理局轄下「思覺失調」服務中心的地理資訊資料。</t>
+  </si>
+  <si>
+    <t>醫院管理局轄下療養單位目錄</t>
+  </si>
+  <si>
+    <t>醫院管理局轄下療養單位的地理資訊資料。</t>
+  </si>
+  <si>
+    <t>病人組織目錄</t>
+  </si>
+  <si>
+    <t>病人組織的地理資訊資料。</t>
+  </si>
+  <si>
+    <t>醫院管理局轄下病人資源中心目錄</t>
+  </si>
+  <si>
+    <t>醫院管理局轄下病人資源中心的地理資訊資料。</t>
+  </si>
+  <si>
+    <t>醫院管理局轄下戒煙輔導中心目錄</t>
+  </si>
+  <si>
+    <t>醫院管理局轄下戒煙輔導中心的地理資訊資料。</t>
+  </si>
+  <si>
     <t>流動捐血車</t>
   </si>
   <si>
     <t>流動捐血車的地理位置及服務時間</t>
-  </si>
-[...28 lines deleted...]
-    <t>醫院管理局轄下療養單位的地理資訊資料。</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
     </font>
     <font>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1504,51 +1489,51 @@
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:B1"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="20" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>2</v>
       </c>
       <c r="B1" t="s">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:G145"/>
+  <dimension ref="A1:G143"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="bottomRight" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="7" width="20" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="E1" s="1" t="s">
@@ -1564,3335 +1549,3289 @@
     <row r="2" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="D3" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E3" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G3" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="D4" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="E4" s="2" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G4" s="2" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="D5" s="2" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="E5" s="2" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D6" s="2" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="E6" s="2" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G6" s="2" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="D7" s="2" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="E7" s="2" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="G7" s="2" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="D8" s="2" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="E8" s="2" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="G8" s="2" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="D9" s="2" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="E9" s="2" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>38</v>
+        <v>16</v>
       </c>
       <c r="G9" s="2" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A10" s="2" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="D10" s="2" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="E10" s="2" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>42</v>
+        <v>16</v>
       </c>
       <c r="G10" s="2" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A11" s="2" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="D11" s="2" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="E11" s="2" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="G11" s="2" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A12" s="2" t="s">
         <v>48</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>49</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>50</v>
       </c>
       <c r="E12" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="F12" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G12" s="2" t="s">
         <v>51</v>
-      </c>
-[...4 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A13" s="2" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E13" s="2" t="s">
         <v>54</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>42</v>
+        <v>16</v>
       </c>
       <c r="G13" s="2" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A14" s="2" t="s">
-        <v>48</v>
+        <v>23</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="D14" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E14" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>42</v>
+        <v>58</v>
       </c>
       <c r="G14" s="2" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A15" s="2" t="s">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="D15" s="2" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="E15" s="2" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>42</v>
+        <v>63</v>
       </c>
       <c r="G15" s="2" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A16" s="2" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="D16" s="2" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="E16" s="2" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="G16" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="B17" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C17" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="D17" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="E17" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="F17" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="B17" s="2" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G17" s="2" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
     </row>
     <row r="18" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A18" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="B18" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C18" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="E18" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="F18" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="B18" s="2" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G18" s="2" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>23</v>
+        <v>74</v>
       </c>
       <c r="D19" s="2" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="E19" s="2" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>42</v>
+        <v>63</v>
       </c>
       <c r="G19" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A20" s="2" t="s">
-        <v>69</v>
+        <v>11</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="D20" s="2" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="E20" s="2" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>42</v>
+        <v>79</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21" s="2" t="s">
-        <v>69</v>
+        <v>11</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>74</v>
+        <v>13</v>
       </c>
       <c r="D21" s="2" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="E21" s="2" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>42</v>
+        <v>79</v>
       </c>
       <c r="G21" s="2" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A22" s="2" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>74</v>
+        <v>19</v>
       </c>
       <c r="D22" s="2" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="E22" s="2" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>16</v>
+        <v>79</v>
       </c>
       <c r="G22" s="2" t="s">
-        <v>17</v>
+        <v>83</v>
       </c>
     </row>
     <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" s="2" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
       <c r="D23" s="2" t="s">
-        <v>77</v>
+        <v>86</v>
       </c>
       <c r="E23" s="2" t="s">
-        <v>78</v>
+        <v>87</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>42</v>
+        <v>79</v>
       </c>
       <c r="G23" s="2" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
     </row>
     <row r="24" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A24" s="2" t="s">
-        <v>69</v>
+        <v>88</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C24" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="E24" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="F24" s="2" t="s">
         <v>79</v>
       </c>
-      <c r="D24" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G24" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A25" s="2" t="s">
-        <v>82</v>
+        <v>91</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="D25" s="2" t="s">
-        <v>83</v>
+        <v>92</v>
       </c>
       <c r="E25" s="2" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>38</v>
+        <v>79</v>
       </c>
       <c r="G25" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A26" s="2" t="s">
-        <v>82</v>
+        <v>91</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="D26" s="2" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="E26" s="2" t="s">
-        <v>86</v>
+        <v>95</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>87</v>
+        <v>79</v>
       </c>
       <c r="G26" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A27" s="2" t="s">
-        <v>82</v>
+        <v>91</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="D27" s="2" t="s">
-        <v>88</v>
+        <v>96</v>
       </c>
       <c r="E27" s="2" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>87</v>
+        <v>79</v>
       </c>
       <c r="G27" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="28" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A28" s="2" t="s">
-        <v>82</v>
+        <v>98</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>64</v>
+        <v>99</v>
       </c>
       <c r="D28" s="2" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="E28" s="2" t="s">
-        <v>91</v>
+        <v>101</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>87</v>
+        <v>102</v>
       </c>
       <c r="G28" s="2" t="s">
-        <v>17</v>
+        <v>103</v>
       </c>
     </row>
     <row r="29" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A29" s="2" t="s">
-        <v>82</v>
+        <v>98</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>64</v>
+        <v>99</v>
       </c>
       <c r="D29" s="2" t="s">
-        <v>92</v>
+        <v>104</v>
       </c>
       <c r="E29" s="2" t="s">
-        <v>93</v>
+        <v>105</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>87</v>
+        <v>102</v>
       </c>
       <c r="G29" s="2" t="s">
-        <v>17</v>
+        <v>103</v>
       </c>
     </row>
     <row r="30" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A30" s="2" t="s">
-        <v>82</v>
+        <v>98</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>64</v>
+        <v>99</v>
       </c>
       <c r="D30" s="2" t="s">
-        <v>94</v>
+        <v>106</v>
       </c>
       <c r="E30" s="2" t="s">
-        <v>95</v>
+        <v>107</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>33</v>
+        <v>102</v>
       </c>
       <c r="G30" s="2" t="s">
-        <v>30</v>
+        <v>103</v>
       </c>
     </row>
     <row r="31" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A31" s="2" t="s">
-        <v>82</v>
+        <v>23</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>64</v>
+        <v>24</v>
       </c>
       <c r="D31" s="2" t="s">
-        <v>96</v>
+        <v>108</v>
       </c>
       <c r="E31" s="2" t="s">
-        <v>95</v>
+        <v>109</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>33</v>
+        <v>102</v>
       </c>
       <c r="G31" s="2" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
     </row>
     <row r="32" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A32" s="2" t="s">
-        <v>82</v>
+        <v>23</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>64</v>
+        <v>24</v>
       </c>
       <c r="D32" s="2" t="s">
-        <v>97</v>
+        <v>110</v>
       </c>
       <c r="E32" s="2" t="s">
-        <v>95</v>
+        <v>111</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>33</v>
+        <v>102</v>
       </c>
       <c r="G32" s="2" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
     </row>
     <row r="33" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A33" s="2" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>64</v>
+        <v>29</v>
       </c>
       <c r="D33" s="2" t="s">
-        <v>98</v>
+        <v>112</v>
       </c>
       <c r="E33" s="2" t="s">
-        <v>95</v>
+        <v>113</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>33</v>
+        <v>102</v>
       </c>
       <c r="G33" s="2" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
     </row>
     <row r="34" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A34" s="2" t="s">
-        <v>82</v>
+        <v>114</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>64</v>
+        <v>29</v>
       </c>
       <c r="D34" s="2" t="s">
-        <v>99</v>
+        <v>115</v>
       </c>
       <c r="E34" s="2" t="s">
-        <v>95</v>
+        <v>116</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>33</v>
+        <v>102</v>
       </c>
       <c r="G34" s="2" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
     </row>
     <row r="35" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A35" s="2" t="s">
-        <v>82</v>
+        <v>64</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D35" s="2" t="s">
-        <v>100</v>
+        <v>117</v>
       </c>
       <c r="E35" s="2" t="s">
-        <v>95</v>
+        <v>118</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>33</v>
+        <v>102</v>
       </c>
       <c r="G35" s="2" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
     </row>
     <row r="36" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A36" s="2" t="s">
-        <v>82</v>
+        <v>64</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D36" s="2" t="s">
-        <v>101</v>
+        <v>119</v>
       </c>
       <c r="E36" s="2" t="s">
-        <v>95</v>
+        <v>118</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>87</v>
+        <v>102</v>
       </c>
       <c r="G36" s="2" t="s">
-        <v>102</v>
+        <v>27</v>
       </c>
     </row>
     <row r="37" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A37" s="2" t="s">
-        <v>82</v>
+        <v>64</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D37" s="2" t="s">
-        <v>103</v>
+        <v>120</v>
       </c>
       <c r="E37" s="2" t="s">
-        <v>95</v>
+        <v>118</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>33</v>
+        <v>102</v>
       </c>
       <c r="G37" s="2" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
     </row>
     <row r="38" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A38" s="2" t="s">
-        <v>82</v>
+        <v>64</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D38" s="2" t="s">
-        <v>104</v>
+        <v>121</v>
       </c>
       <c r="E38" s="2" t="s">
-        <v>95</v>
+        <v>118</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>33</v>
+        <v>102</v>
       </c>
       <c r="G38" s="2" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
     </row>
     <row r="39" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A39" s="2" t="s">
-        <v>82</v>
+        <v>64</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D39" s="2" t="s">
-        <v>105</v>
+        <v>122</v>
       </c>
       <c r="E39" s="2" t="s">
-        <v>95</v>
+        <v>118</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>42</v>
+        <v>102</v>
       </c>
       <c r="G39" s="2" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
     </row>
     <row r="40" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A40" s="2" t="s">
-        <v>82</v>
+        <v>64</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D40" s="2" t="s">
-        <v>106</v>
+        <v>123</v>
       </c>
       <c r="E40" s="2" t="s">
-        <v>95</v>
+        <v>118</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>33</v>
+        <v>102</v>
       </c>
       <c r="G40" s="2" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
     </row>
     <row r="41" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A41" s="2" t="s">
-        <v>82</v>
+        <v>64</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D41" s="2" t="s">
-        <v>107</v>
+        <v>124</v>
       </c>
       <c r="E41" s="2" t="s">
-        <v>95</v>
+        <v>118</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>33</v>
+        <v>102</v>
       </c>
       <c r="G41" s="2" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
     </row>
     <row r="42" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A42" s="2" t="s">
-        <v>82</v>
+        <v>64</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D42" s="2" t="s">
-        <v>108</v>
+        <v>125</v>
       </c>
       <c r="E42" s="2" t="s">
-        <v>95</v>
+        <v>118</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>33</v>
+        <v>102</v>
       </c>
       <c r="G42" s="2" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
     </row>
     <row r="43" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A43" s="2" t="s">
-        <v>82</v>
+        <v>64</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D43" s="2" t="s">
-        <v>109</v>
+        <v>126</v>
       </c>
       <c r="E43" s="2" t="s">
-        <v>95</v>
+        <v>118</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>33</v>
+        <v>102</v>
       </c>
       <c r="G43" s="2" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
     </row>
     <row r="44" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A44" s="2" t="s">
-        <v>82</v>
+        <v>64</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D44" s="2" t="s">
-        <v>110</v>
+        <v>127</v>
       </c>
       <c r="E44" s="2" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>87</v>
+        <v>102</v>
       </c>
       <c r="G44" s="2" t="s">
-        <v>102</v>
+        <v>27</v>
       </c>
     </row>
     <row r="45" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A45" s="2" t="s">
-        <v>82</v>
+        <v>64</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D45" s="2" t="s">
-        <v>112</v>
+        <v>128</v>
       </c>
       <c r="E45" s="2" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="G45" s="2" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
     </row>
     <row r="46" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A46" s="2" t="s">
-        <v>82</v>
+        <v>64</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D46" s="2" t="s">
-        <v>115</v>
+        <v>129</v>
       </c>
       <c r="E46" s="2" t="s">
-        <v>95</v>
+        <v>118</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>33</v>
+        <v>102</v>
       </c>
       <c r="G46" s="2" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
     </row>
     <row r="47" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A47" s="2" t="s">
-        <v>116</v>
+        <v>64</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>117</v>
+        <v>65</v>
       </c>
       <c r="D47" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="E47" s="2" t="s">
         <v>118</v>
       </c>
-      <c r="E47" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F47" s="2" t="s">
-        <v>120</v>
+        <v>102</v>
       </c>
       <c r="G47" s="2" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
     </row>
     <row r="48" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A48" s="2" t="s">
-        <v>121</v>
+        <v>73</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>122</v>
+        <v>74</v>
       </c>
       <c r="D48" s="2" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="E48" s="2" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>120</v>
+        <v>102</v>
       </c>
       <c r="G48" s="2" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
     </row>
     <row r="49" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A49" s="2" t="s">
-        <v>121</v>
+        <v>133</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>122</v>
+        <v>19</v>
       </c>
       <c r="D49" s="2" t="s">
-        <v>125</v>
+        <v>134</v>
       </c>
       <c r="E49" s="2" t="s">
-        <v>124</v>
+        <v>135</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>120</v>
+        <v>136</v>
       </c>
       <c r="G49" s="2" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
     </row>
     <row r="50" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A50" s="2" t="s">
-        <v>121</v>
+        <v>137</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>122</v>
+        <v>13</v>
       </c>
       <c r="D50" s="2" t="s">
-        <v>126</v>
+        <v>138</v>
       </c>
       <c r="E50" s="2" t="s">
-        <v>127</v>
+        <v>139</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>16</v>
+        <v>140</v>
       </c>
       <c r="G50" s="2" t="s">
-        <v>102</v>
+        <v>141</v>
       </c>
     </row>
     <row r="51" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A51" s="2" t="s">
-        <v>121</v>
+        <v>142</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>128</v>
+        <v>19</v>
       </c>
       <c r="D51" s="2" t="s">
-        <v>129</v>
+        <v>143</v>
       </c>
       <c r="E51" s="2" t="s">
-        <v>130</v>
+        <v>144</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>87</v>
+        <v>140</v>
       </c>
       <c r="G51" s="2" t="s">
-        <v>131</v>
+        <v>145</v>
       </c>
     </row>
     <row r="52" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A52" s="2" t="s">
-        <v>121</v>
+        <v>64</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>128</v>
+        <v>65</v>
       </c>
       <c r="D52" s="2" t="s">
-        <v>132</v>
+        <v>146</v>
       </c>
       <c r="E52" s="2" t="s">
-        <v>133</v>
+        <v>147</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>87</v>
+        <v>140</v>
       </c>
       <c r="G52" s="2" t="s">
-        <v>52</v>
+        <v>145</v>
       </c>
     </row>
     <row r="53" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A53" s="2" t="s">
-        <v>121</v>
+        <v>11</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>128</v>
+        <v>61</v>
       </c>
       <c r="D53" s="2" t="s">
-        <v>134</v>
+        <v>148</v>
       </c>
       <c r="E53" s="2" t="s">
-        <v>135</v>
+        <v>149</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>87</v>
+        <v>150</v>
       </c>
       <c r="G53" s="2" t="s">
-        <v>131</v>
+        <v>103</v>
       </c>
     </row>
     <row r="54" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A54" s="2" t="s">
-        <v>121</v>
+        <v>11</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>128</v>
+        <v>61</v>
       </c>
       <c r="D54" s="2" t="s">
-        <v>136</v>
+        <v>151</v>
       </c>
       <c r="E54" s="2" t="s">
-        <v>137</v>
+        <v>152</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>87</v>
+        <v>150</v>
       </c>
       <c r="G54" s="2" t="s">
-        <v>131</v>
+        <v>103</v>
       </c>
     </row>
     <row r="55" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A55" s="2" t="s">
-        <v>121</v>
+        <v>11</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>128</v>
+        <v>61</v>
       </c>
       <c r="D55" s="2" t="s">
-        <v>138</v>
+        <v>153</v>
       </c>
       <c r="E55" s="2" t="s">
-        <v>139</v>
+        <v>154</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>87</v>
+        <v>150</v>
       </c>
       <c r="G55" s="2" t="s">
-        <v>131</v>
+        <v>103</v>
       </c>
     </row>
     <row r="56" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A56" s="2" t="s">
-        <v>121</v>
+        <v>11</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>128</v>
+        <v>61</v>
       </c>
       <c r="D56" s="2" t="s">
-        <v>140</v>
+        <v>155</v>
       </c>
       <c r="E56" s="2" t="s">
-        <v>141</v>
+        <v>156</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>42</v>
+        <v>150</v>
       </c>
       <c r="G56" s="2" t="s">
-        <v>52</v>
+        <v>145</v>
       </c>
     </row>
     <row r="57" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A57" s="2" t="s">
-        <v>121</v>
+        <v>11</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>128</v>
+        <v>61</v>
       </c>
       <c r="D57" s="2" t="s">
-        <v>142</v>
+        <v>157</v>
       </c>
       <c r="E57" s="2" t="s">
-        <v>143</v>
+        <v>158</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>87</v>
+        <v>150</v>
       </c>
       <c r="G57" s="2" t="s">
-        <v>102</v>
+        <v>17</v>
       </c>
     </row>
     <row r="58" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A58" s="2" t="s">
-        <v>144</v>
+        <v>11</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="D58" s="2" t="s">
-        <v>145</v>
+        <v>159</v>
       </c>
       <c r="E58" s="2" t="s">
-        <v>146</v>
+        <v>160</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>16</v>
+        <v>150</v>
       </c>
       <c r="G58" s="2" t="s">
-        <v>17</v>
+        <v>103</v>
       </c>
     </row>
     <row r="59" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A59" s="2" t="s">
-        <v>144</v>
+        <v>64</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="D59" s="2" t="s">
-        <v>147</v>
+        <v>161</v>
       </c>
       <c r="E59" s="2" t="s">
-        <v>148</v>
+        <v>162</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>120</v>
+        <v>150</v>
       </c>
       <c r="G59" s="2" t="s">
-        <v>149</v>
+        <v>17</v>
       </c>
     </row>
     <row r="60" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A60" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="B60" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C60" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="D60" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="E60" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="F60" s="2" t="s">
         <v>150</v>
       </c>
-      <c r="B60" s="2" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G60" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="61" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A61" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="B61" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C61" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="D61" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="E61" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="F61" s="2" t="s">
         <v>150</v>
       </c>
-      <c r="B61" s="2" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G61" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="62" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A62" s="2" t="s">
-        <v>156</v>
+        <v>64</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="D62" s="2" t="s">
-        <v>157</v>
+        <v>167</v>
       </c>
       <c r="E62" s="2" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>38</v>
+        <v>150</v>
       </c>
       <c r="G62" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="63" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A63" s="2" t="s">
-        <v>156</v>
+        <v>64</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>128</v>
+        <v>65</v>
       </c>
       <c r="D63" s="2" t="s">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="E63" s="2" t="s">
-        <v>159</v>
+        <v>170</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>38</v>
+        <v>150</v>
       </c>
       <c r="G63" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="64" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A64" s="2" t="s">
-        <v>160</v>
+        <v>64</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="D64" s="2" t="s">
-        <v>161</v>
+        <v>171</v>
       </c>
       <c r="E64" s="2" t="s">
-        <v>162</v>
+        <v>118</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>120</v>
+        <v>150</v>
       </c>
       <c r="G64" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="65" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A65" s="2" t="s">
-        <v>160</v>
+        <v>172</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>128</v>
+        <v>173</v>
       </c>
       <c r="D65" s="2" t="s">
-        <v>163</v>
+        <v>174</v>
       </c>
       <c r="E65" s="2" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>42</v>
+        <v>176</v>
       </c>
       <c r="G65" s="2" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
     </row>
     <row r="66" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A66" s="2" t="s">
-        <v>160</v>
+        <v>177</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>165</v>
+        <v>13</v>
       </c>
       <c r="D66" s="2" t="s">
-        <v>166</v>
+        <v>178</v>
       </c>
       <c r="E66" s="2" t="s">
-        <v>167</v>
+        <v>179</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>33</v>
+        <v>180</v>
       </c>
       <c r="G66" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="67" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A67" s="2" t="s">
-        <v>168</v>
+        <v>177</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>128</v>
+        <v>13</v>
       </c>
       <c r="D67" s="2" t="s">
-        <v>169</v>
+        <v>181</v>
       </c>
       <c r="E67" s="2" t="s">
-        <v>170</v>
+        <v>182</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>42</v>
+        <v>180</v>
       </c>
       <c r="G67" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="68" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A68" s="2" t="s">
-        <v>171</v>
+        <v>183</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="D68" s="2" t="s">
-        <v>172</v>
+        <v>184</v>
       </c>
       <c r="E68" s="2" t="s">
-        <v>173</v>
+        <v>185</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>38</v>
+        <v>180</v>
       </c>
       <c r="G68" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="69" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A69" s="2" t="s">
-        <v>171</v>
+        <v>137</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="D69" s="2" t="s">
-        <v>174</v>
+        <v>186</v>
       </c>
       <c r="E69" s="2" t="s">
-        <v>175</v>
+        <v>186</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>42</v>
+        <v>180</v>
       </c>
       <c r="G69" s="2" t="s">
-        <v>17</v>
+        <v>141</v>
       </c>
     </row>
     <row r="70" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A70" s="2" t="s">
-        <v>176</v>
+        <v>187</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>13</v>
+        <v>188</v>
       </c>
       <c r="D70" s="2" t="s">
-        <v>177</v>
+        <v>189</v>
       </c>
       <c r="E70" s="2" t="s">
-        <v>178</v>
+        <v>190</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>16</v>
+        <v>180</v>
       </c>
       <c r="G70" s="2" t="s">
-        <v>17</v>
+        <v>145</v>
       </c>
     </row>
     <row r="71" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A71" s="2" t="s">
-        <v>176</v>
+        <v>88</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>13</v>
+        <v>61</v>
       </c>
       <c r="D71" s="2" t="s">
-        <v>179</v>
+        <v>191</v>
       </c>
       <c r="E71" s="2" t="s">
+        <v>192</v>
+      </c>
+      <c r="F71" s="2" t="s">
         <v>180</v>
       </c>
-      <c r="F71" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G71" s="2" t="s">
-        <v>17</v>
+        <v>145</v>
       </c>
     </row>
     <row r="72" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A72" s="2" t="s">
-        <v>181</v>
+        <v>187</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>165</v>
+        <v>188</v>
       </c>
       <c r="D72" s="2" t="s">
-        <v>182</v>
+        <v>193</v>
       </c>
       <c r="E72" s="2" t="s">
-        <v>183</v>
+        <v>193</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>16</v>
+        <v>180</v>
       </c>
       <c r="G72" s="2" t="s">
-        <v>17</v>
+        <v>145</v>
       </c>
     </row>
     <row r="73" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A73" s="2" t="s">
-        <v>181</v>
+        <v>187</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>165</v>
+        <v>188</v>
       </c>
       <c r="D73" s="2" t="s">
-        <v>184</v>
+        <v>194</v>
       </c>
       <c r="E73" s="2" t="s">
-        <v>185</v>
+        <v>195</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>16</v>
+        <v>180</v>
       </c>
       <c r="G73" s="2" t="s">
-        <v>186</v>
+        <v>145</v>
       </c>
     </row>
     <row r="74" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A74" s="2" t="s">
         <v>187</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>59</v>
+        <v>188</v>
       </c>
       <c r="D74" s="2" t="s">
-        <v>188</v>
+        <v>196</v>
       </c>
       <c r="E74" s="2" t="s">
-        <v>189</v>
+        <v>197</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>114</v>
+        <v>180</v>
       </c>
       <c r="G74" s="2" t="s">
-        <v>52</v>
+        <v>145</v>
       </c>
     </row>
     <row r="75" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A75" s="2" t="s">
-        <v>190</v>
+        <v>52</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>151</v>
+        <v>198</v>
       </c>
       <c r="D75" s="2" t="s">
-        <v>191</v>
+        <v>199</v>
       </c>
       <c r="E75" s="2" t="s">
-        <v>192</v>
+        <v>200</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>120</v>
+        <v>180</v>
       </c>
       <c r="G75" s="2" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
     </row>
     <row r="76" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A76" s="2" t="s">
-        <v>190</v>
+        <v>11</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>151</v>
+        <v>61</v>
       </c>
       <c r="D76" s="2" t="s">
-        <v>193</v>
+        <v>201</v>
       </c>
       <c r="E76" s="2" t="s">
-        <v>194</v>
+        <v>202</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>120</v>
+        <v>180</v>
       </c>
       <c r="G76" s="2" t="s">
-        <v>102</v>
+        <v>145</v>
       </c>
     </row>
     <row r="77" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A77" s="2" t="s">
-        <v>190</v>
+        <v>203</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>151</v>
+        <v>61</v>
       </c>
       <c r="D77" s="2" t="s">
-        <v>195</v>
+        <v>204</v>
       </c>
       <c r="E77" s="2" t="s">
-        <v>196</v>
+        <v>205</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>120</v>
+        <v>180</v>
       </c>
       <c r="G77" s="2" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
     </row>
     <row r="78" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A78" s="2" t="s">
-        <v>197</v>
+        <v>114</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>151</v>
+        <v>29</v>
       </c>
       <c r="D78" s="2" t="s">
-        <v>198</v>
+        <v>206</v>
       </c>
       <c r="E78" s="2" t="s">
-        <v>199</v>
+        <v>207</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>38</v>
+        <v>180</v>
       </c>
       <c r="G78" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="79" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A79" s="2" t="s">
-        <v>197</v>
+        <v>208</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>151</v>
+        <v>65</v>
       </c>
       <c r="D79" s="2" t="s">
-        <v>200</v>
+        <v>209</v>
       </c>
       <c r="E79" s="2" t="s">
-        <v>201</v>
+        <v>210</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>33</v>
+        <v>180</v>
       </c>
       <c r="G79" s="2" t="s">
-        <v>17</v>
+        <v>145</v>
       </c>
     </row>
     <row r="80" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A80" s="2" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>203</v>
+        <v>65</v>
       </c>
       <c r="D80" s="2" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="E80" s="2" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>206</v>
+        <v>180</v>
       </c>
       <c r="G80" s="2" t="s">
-        <v>17</v>
+        <v>145</v>
       </c>
     </row>
     <row r="81" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A81" s="2" t="s">
-        <v>207</v>
+        <v>64</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>165</v>
+        <v>65</v>
       </c>
       <c r="D81" s="2" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="E81" s="2" t="s">
-        <v>209</v>
+        <v>118</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>42</v>
+        <v>180</v>
       </c>
       <c r="G81" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="82" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A82" s="2" t="s">
-        <v>207</v>
+        <v>52</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>165</v>
+        <v>49</v>
       </c>
       <c r="D82" s="2" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="E82" s="2" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>33</v>
+        <v>180</v>
       </c>
       <c r="G82" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="83" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A83" s="2" t="s">
-        <v>212</v>
+        <v>70</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>122</v>
+        <v>49</v>
       </c>
       <c r="D83" s="2" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="E83" s="2" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>42</v>
+        <v>180</v>
       </c>
       <c r="G83" s="2" t="s">
-        <v>214</v>
+        <v>22</v>
       </c>
     </row>
     <row r="84" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A84" s="2" t="s">
-        <v>212</v>
+        <v>52</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>122</v>
+        <v>49</v>
       </c>
       <c r="D84" s="2" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="E84" s="2" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>114</v>
+        <v>180</v>
       </c>
       <c r="G84" s="2" t="s">
-        <v>214</v>
+        <v>22</v>
       </c>
     </row>
     <row r="85" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A85" s="2" t="s">
-        <v>217</v>
+        <v>52</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>218</v>
+        <v>53</v>
       </c>
       <c r="D85" s="2" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="E85" s="2" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>33</v>
+        <v>180</v>
       </c>
       <c r="G85" s="2" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
     </row>
     <row r="86" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A86" s="2" t="s">
-        <v>217</v>
+        <v>52</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>218</v>
+        <v>53</v>
       </c>
       <c r="D86" s="2" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="E86" s="2" t="s">
         <v>222</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>33</v>
+        <v>180</v>
       </c>
       <c r="G86" s="2" t="s">
-        <v>131</v>
+        <v>145</v>
       </c>
     </row>
     <row r="87" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A87" s="2" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>218</v>
+        <v>74</v>
       </c>
       <c r="D87" s="2" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="E87" s="2" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>33</v>
+        <v>180</v>
       </c>
       <c r="G87" s="2" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
     </row>
     <row r="88" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A88" s="2" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>122</v>
+        <v>74</v>
       </c>
       <c r="D88" s="2" t="s">
         <v>226</v>
       </c>
       <c r="E88" s="2" t="s">
         <v>227</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>42</v>
+        <v>180</v>
       </c>
       <c r="G88" s="2" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
     </row>
     <row r="89" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A89" s="2" t="s">
-        <v>225</v>
+        <v>18</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>122</v>
+        <v>36</v>
       </c>
       <c r="D89" s="2" t="s">
         <v>228</v>
       </c>
       <c r="E89" s="2" t="s">
         <v>229</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>42</v>
+        <v>230</v>
       </c>
       <c r="G89" s="2" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
     </row>
     <row r="90" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A90" s="2" t="s">
-        <v>230</v>
+        <v>60</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>122</v>
+        <v>61</v>
       </c>
       <c r="D90" s="2" t="s">
         <v>231</v>
       </c>
       <c r="E90" s="2" t="s">
         <v>232</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>42</v>
+        <v>233</v>
       </c>
       <c r="G90" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="91" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A91" s="2" t="s">
-        <v>26</v>
+        <v>98</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>27</v>
+        <v>99</v>
       </c>
       <c r="D91" s="2" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="E91" s="2" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="G91" s="2" t="s">
-        <v>30</v>
+        <v>103</v>
       </c>
     </row>
     <row r="92" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A92" s="2" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C92" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D92" s="2" t="s">
+        <v>237</v>
+      </c>
+      <c r="E92" s="2" t="s">
+        <v>238</v>
+      </c>
+      <c r="F92" s="2" t="s">
+        <v>236</v>
+      </c>
+      <c r="G92" s="2" t="s">
         <v>27</v>
-      </c>
-[...10 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="93" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A93" s="2" t="s">
-        <v>58</v>
+        <v>23</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>59</v>
+        <v>24</v>
       </c>
       <c r="D93" s="2" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E93" s="2" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="G93" s="2" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
     </row>
     <row r="94" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A94" s="2" t="s">
-        <v>63</v>
+        <v>52</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="D94" s="2" t="s">
         <v>241</v>
       </c>
       <c r="E94" s="2" t="s">
         <v>242</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>243</v>
       </c>
       <c r="G94" s="2" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
     </row>
     <row r="95" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A95" s="2" t="s">
-        <v>63</v>
+        <v>52</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>64</v>
+        <v>53</v>
       </c>
       <c r="D95" s="2" t="s">
         <v>244</v>
       </c>
       <c r="E95" s="2" t="s">
         <v>245</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>243</v>
       </c>
       <c r="G95" s="2" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
     </row>
     <row r="96" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A96" s="2" t="s">
-        <v>63</v>
+        <v>52</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>64</v>
+        <v>53</v>
       </c>
       <c r="D96" s="2" t="s">
         <v>246</v>
       </c>
       <c r="E96" s="2" t="s">
         <v>247</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>243</v>
       </c>
       <c r="G96" s="2" t="s">
-        <v>52</v>
+        <v>248</v>
       </c>
     </row>
     <row r="97" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A97" s="2" t="s">
-        <v>63</v>
+        <v>133</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>64</v>
+        <v>19</v>
       </c>
       <c r="D97" s="2" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="E97" s="2" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="G97" s="2" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
     </row>
     <row r="98" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A98" s="2" t="s">
-        <v>63</v>
+        <v>172</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>64</v>
+        <v>173</v>
       </c>
       <c r="D98" s="2" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="E98" s="2" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="G98" s="2" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
     </row>
     <row r="99" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A99" s="2" t="s">
-        <v>63</v>
+        <v>11</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="D99" s="2" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="E99" s="2" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>250</v>
+        <v>257</v>
       </c>
       <c r="G99" s="2" t="s">
-        <v>52</v>
+        <v>103</v>
       </c>
     </row>
     <row r="100" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A100" s="2" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
       <c r="D100" s="2" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="E100" s="2" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>250</v>
+        <v>257</v>
       </c>
       <c r="G100" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="101" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A101" s="2" t="s">
-        <v>69</v>
+        <v>177</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>74</v>
+        <v>13</v>
       </c>
       <c r="D101" s="2" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="E101" s="2" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="G101" s="2" t="s">
-        <v>260</v>
+        <v>22</v>
       </c>
     </row>
     <row r="102" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A102" s="2" t="s">
-        <v>69</v>
+        <v>177</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>74</v>
+        <v>13</v>
       </c>
       <c r="D102" s="2" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="E102" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>250</v>
+        <v>262</v>
       </c>
       <c r="G102" s="2" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
     </row>
     <row r="103" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A103" s="2" t="s">
-        <v>69</v>
+        <v>177</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>74</v>
+        <v>13</v>
       </c>
       <c r="D103" s="2" t="s">
+        <v>265</v>
+      </c>
+      <c r="E103" s="2" t="s">
+        <v>266</v>
+      </c>
+      <c r="F103" s="2" t="s">
         <v>262</v>
       </c>
-      <c r="E103" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G103" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="104" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A104" s="2" t="s">
-        <v>69</v>
+        <v>142</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>128</v>
+        <v>19</v>
       </c>
       <c r="D104" s="2" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="E104" s="2" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="G104" s="2" t="s">
-        <v>17</v>
+        <v>269</v>
       </c>
     </row>
     <row r="105" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A105" s="2" t="s">
-        <v>82</v>
+        <v>172</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>64</v>
+        <v>173</v>
       </c>
       <c r="D105" s="2" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="E105" s="2" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="G105" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="106" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A106" s="2" t="s">
-        <v>82</v>
+        <v>172</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>64</v>
+        <v>173</v>
       </c>
       <c r="D106" s="2" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="E106" s="2" t="s">
-        <v>95</v>
+        <v>272</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>243</v>
+        <v>262</v>
       </c>
       <c r="G106" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="107" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A107" s="2" t="s">
-        <v>82</v>
+        <v>203</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="D107" s="2" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="E107" s="2" t="s">
-        <v>95</v>
+        <v>274</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>243</v>
+        <v>262</v>
       </c>
       <c r="G107" s="2" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
     </row>
     <row r="108" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A108" s="2" t="s">
-        <v>82</v>
+        <v>203</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="D108" s="2" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="E108" s="2" t="s">
-        <v>95</v>
+        <v>276</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>243</v>
+        <v>262</v>
       </c>
       <c r="G108" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="109" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A109" s="2" t="s">
-        <v>82</v>
+        <v>208</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D109" s="2" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="E109" s="2" t="s">
-        <v>95</v>
+        <v>278</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>243</v>
+        <v>262</v>
       </c>
       <c r="G109" s="2" t="s">
-        <v>17</v>
+        <v>145</v>
       </c>
     </row>
     <row r="110" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A110" s="2" t="s">
-        <v>82</v>
+        <v>208</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D110" s="2" t="s">
-        <v>273</v>
+        <v>279</v>
       </c>
       <c r="E110" s="2" t="s">
-        <v>95</v>
+        <v>280</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>243</v>
+        <v>262</v>
       </c>
       <c r="G110" s="2" t="s">
-        <v>17</v>
+        <v>145</v>
       </c>
     </row>
     <row r="111" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A111" s="2" t="s">
-        <v>82</v>
+        <v>208</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D111" s="2" t="s">
-        <v>274</v>
+        <v>281</v>
       </c>
       <c r="E111" s="2" t="s">
-        <v>95</v>
+        <v>282</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>243</v>
+        <v>262</v>
       </c>
       <c r="G111" s="2" t="s">
-        <v>17</v>
+        <v>145</v>
       </c>
     </row>
     <row r="112" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A112" s="2" t="s">
-        <v>116</v>
+        <v>142</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>117</v>
+        <v>85</v>
       </c>
       <c r="D112" s="2" t="s">
-        <v>275</v>
+        <v>283</v>
       </c>
       <c r="E112" s="2" t="s">
-        <v>276</v>
+        <v>284</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>277</v>
+        <v>262</v>
       </c>
       <c r="G112" s="2" t="s">
-        <v>30</v>
+        <v>269</v>
       </c>
     </row>
     <row r="113" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A113" s="2" t="s">
-        <v>121</v>
+        <v>70</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>128</v>
+        <v>49</v>
       </c>
       <c r="D113" s="2" t="s">
-        <v>278</v>
+        <v>285</v>
       </c>
       <c r="E113" s="2" t="s">
-        <v>279</v>
+        <v>286</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="G113" s="2" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
     </row>
     <row r="114" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A114" s="2" t="s">
-        <v>144</v>
+        <v>52</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="D114" s="2" t="s">
-        <v>280</v>
+        <v>287</v>
       </c>
       <c r="E114" s="2" t="s">
-        <v>281</v>
+        <v>288</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>282</v>
+        <v>262</v>
       </c>
       <c r="G114" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="115" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A115" s="2" t="s">
-        <v>150</v>
+        <v>52</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>151</v>
+        <v>53</v>
       </c>
       <c r="D115" s="2" t="s">
-        <v>283</v>
+        <v>289</v>
       </c>
       <c r="E115" s="2" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>250</v>
+        <v>262</v>
       </c>
       <c r="G115" s="2" t="s">
-        <v>17</v>
+        <v>145</v>
       </c>
     </row>
     <row r="116" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A116" s="2" t="s">
-        <v>150</v>
+        <v>223</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>151</v>
+        <v>74</v>
       </c>
       <c r="D116" s="2" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="E116" s="2" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>243</v>
+        <v>262</v>
       </c>
       <c r="G116" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="117" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A117" s="2" t="s">
-        <v>150</v>
+        <v>223</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>151</v>
+        <v>74</v>
       </c>
       <c r="D117" s="2" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="E117" s="2" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>250</v>
+        <v>262</v>
       </c>
       <c r="G117" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="118" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A118" s="2" t="s">
-        <v>156</v>
+        <v>84</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>128</v>
+        <v>85</v>
       </c>
       <c r="D118" s="2" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="E118" s="2" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="G118" s="2" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
     </row>
     <row r="119" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A119" s="2" t="s">
-        <v>168</v>
+        <v>98</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>128</v>
+        <v>99</v>
       </c>
       <c r="D119" s="2" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="E119" s="2" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>243</v>
+        <v>299</v>
       </c>
       <c r="G119" s="2" t="s">
-        <v>52</v>
+        <v>103</v>
       </c>
     </row>
     <row r="120" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A120" s="2" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>128</v>
+        <v>173</v>
       </c>
       <c r="D120" s="2" t="s">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="E120" s="2" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>243</v>
+        <v>302</v>
       </c>
       <c r="G120" s="2" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
     </row>
     <row r="121" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A121" s="2" t="s">
-        <v>168</v>
+        <v>203</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>128</v>
+        <v>61</v>
       </c>
       <c r="D121" s="2" t="s">
-        <v>296</v>
+        <v>303</v>
       </c>
       <c r="E121" s="2" t="s">
-        <v>297</v>
+        <v>304</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>250</v>
+        <v>305</v>
       </c>
       <c r="G121" s="2" t="s">
-        <v>17</v>
+        <v>145</v>
       </c>
     </row>
     <row r="122" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A122" s="2" t="s">
-        <v>168</v>
+        <v>203</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>128</v>
+        <v>61</v>
       </c>
       <c r="D122" s="2" t="s">
-        <v>298</v>
+        <v>306</v>
       </c>
       <c r="E122" s="2" t="s">
-        <v>299</v>
+        <v>307</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>250</v>
+        <v>305</v>
       </c>
       <c r="G122" s="2" t="s">
-        <v>186</v>
+        <v>145</v>
       </c>
     </row>
     <row r="123" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A123" s="2" t="s">
-        <v>168</v>
+        <v>203</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>128</v>
+        <v>61</v>
       </c>
       <c r="D123" s="2" t="s">
-        <v>300</v>
+        <v>308</v>
       </c>
       <c r="E123" s="2" t="s">
-        <v>301</v>
+        <v>309</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>243</v>
+        <v>305</v>
       </c>
       <c r="G123" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="124" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A124" s="2" t="s">
-        <v>171</v>
+        <v>208</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="D124" s="2" t="s">
-        <v>302</v>
+        <v>310</v>
       </c>
       <c r="E124" s="2" t="s">
-        <v>303</v>
+        <v>311</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>250</v>
+        <v>305</v>
       </c>
       <c r="G124" s="2" t="s">
-        <v>17</v>
+        <v>145</v>
       </c>
     </row>
     <row r="125" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A125" s="2" t="s">
-        <v>176</v>
+        <v>208</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="D125" s="2" t="s">
-        <v>304</v>
+        <v>312</v>
       </c>
       <c r="E125" s="2" t="s">
+        <v>313</v>
+      </c>
+      <c r="F125" s="2" t="s">
         <v>305</v>
       </c>
-      <c r="F125" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G125" s="2" t="s">
-        <v>17</v>
+        <v>145</v>
       </c>
     </row>
     <row r="126" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A126" s="2" t="s">
-        <v>176</v>
+        <v>208</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="D126" s="2" t="s">
-        <v>306</v>
+        <v>314</v>
       </c>
       <c r="E126" s="2" t="s">
+        <v>315</v>
+      </c>
+      <c r="F126" s="2" t="s">
         <v>305</v>
       </c>
-      <c r="F126" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G126" s="2" t="s">
-        <v>17</v>
+        <v>145</v>
       </c>
     </row>
     <row r="127" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A127" s="2" t="s">
-        <v>187</v>
+        <v>64</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>117</v>
+        <v>65</v>
       </c>
       <c r="D127" s="2" t="s">
-        <v>307</v>
+        <v>316</v>
       </c>
       <c r="E127" s="2" t="s">
-        <v>308</v>
+        <v>118</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>250</v>
+        <v>305</v>
       </c>
       <c r="G127" s="2" t="s">
-        <v>309</v>
+        <v>22</v>
       </c>
     </row>
     <row r="128" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A128" s="2" t="s">
-        <v>187</v>
+        <v>64</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="D128" s="2" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
       <c r="E128" s="2" t="s">
-        <v>311</v>
+        <v>118</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>250</v>
+        <v>305</v>
       </c>
       <c r="G128" s="2" t="s">
-        <v>309</v>
+        <v>22</v>
       </c>
     </row>
     <row r="129" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A129" s="2" t="s">
-        <v>202</v>
+        <v>64</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>203</v>
+        <v>65</v>
       </c>
       <c r="D129" s="2" t="s">
-        <v>312</v>
+        <v>318</v>
       </c>
       <c r="E129" s="2" t="s">
-        <v>312</v>
+        <v>118</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>250</v>
+        <v>305</v>
       </c>
       <c r="G129" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="130" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A130" s="2" t="s">
-        <v>202</v>
+        <v>64</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>203</v>
+        <v>65</v>
       </c>
       <c r="D130" s="2" t="s">
-        <v>313</v>
+        <v>319</v>
       </c>
       <c r="E130" s="2" t="s">
-        <v>314</v>
+        <v>118</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>250</v>
+        <v>305</v>
       </c>
       <c r="G130" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="131" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A131" s="2" t="s">
-        <v>202</v>
+        <v>64</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>203</v>
+        <v>65</v>
       </c>
       <c r="D131" s="2" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
       <c r="E131" s="2" t="s">
-        <v>316</v>
+        <v>118</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>317</v>
+        <v>305</v>
       </c>
       <c r="G131" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="132" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A132" s="2" t="s">
-        <v>202</v>
+        <v>64</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>203</v>
+        <v>65</v>
       </c>
       <c r="D132" s="2" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="E132" s="2" t="s">
-        <v>319</v>
+        <v>118</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>320</v>
+        <v>305</v>
       </c>
       <c r="G132" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="133" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A133" s="2" t="s">
-        <v>217</v>
+        <v>43</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>218</v>
+        <v>36</v>
       </c>
       <c r="D133" s="2" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="E133" s="2" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>323</v>
+        <v>305</v>
       </c>
       <c r="G133" s="2" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
     </row>
     <row r="134" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A134" s="2" t="s">
-        <v>217</v>
+        <v>43</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>218</v>
+        <v>36</v>
       </c>
       <c r="D134" s="2" t="s">
         <v>324</v>
       </c>
       <c r="E134" s="2" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>235</v>
+        <v>305</v>
       </c>
       <c r="G134" s="2" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
     </row>
     <row r="135" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A135" s="2" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>122</v>
+        <v>74</v>
       </c>
       <c r="D135" s="2" t="s">
+        <v>325</v>
+      </c>
+      <c r="E135" s="2" t="s">
         <v>326</v>
       </c>
-      <c r="E135" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F135" s="2" t="s">
-        <v>250</v>
+        <v>305</v>
       </c>
       <c r="G135" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="136" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A136" s="2" t="s">
-        <v>225</v>
+        <v>172</v>
       </c>
       <c r="B136" s="2" t="s">
-        <v>12</v>
+        <v>327</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>122</v>
+        <v>173</v>
       </c>
       <c r="D136" s="2" t="s">
         <v>328</v>
       </c>
       <c r="E136" s="2" t="s">
         <v>329</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>250</v>
+        <v>180</v>
       </c>
       <c r="G136" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="137" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A137" s="2" t="s">
-        <v>225</v>
+        <v>114</v>
       </c>
       <c r="B137" s="2" t="s">
-        <v>12</v>
+        <v>330</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>122</v>
+        <v>29</v>
       </c>
       <c r="D137" s="2" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="E137" s="2" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>250</v>
+        <v>180</v>
       </c>
       <c r="G137" s="2" t="s">
-        <v>17</v>
+        <v>145</v>
       </c>
     </row>
     <row r="138" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A138" s="2" t="s">
-        <v>202</v>
+        <v>114</v>
       </c>
       <c r="B138" s="2" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>203</v>
+        <v>29</v>
       </c>
       <c r="D138" s="2" t="s">
         <v>333</v>
       </c>
       <c r="E138" s="2" t="s">
         <v>334</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>42</v>
+        <v>262</v>
       </c>
       <c r="G138" s="2" t="s">
-        <v>17</v>
+        <v>145</v>
       </c>
     </row>
     <row r="139" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A139" s="2" t="s">
-        <v>207</v>
+        <v>114</v>
       </c>
       <c r="B139" s="2" t="s">
+        <v>330</v>
+      </c>
+      <c r="C139" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="D139" s="2" t="s">
         <v>335</v>
       </c>
-      <c r="C139" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D139" s="2" t="s">
+      <c r="E139" s="2" t="s">
         <v>336</v>
       </c>
-      <c r="E139" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F139" s="2" t="s">
-        <v>42</v>
+        <v>262</v>
       </c>
       <c r="G139" s="2" t="s">
-        <v>52</v>
+        <v>145</v>
       </c>
     </row>
     <row r="140" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A140" s="2" t="s">
-        <v>207</v>
+        <v>114</v>
       </c>
       <c r="B140" s="2" t="s">
-        <v>335</v>
+        <v>330</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>165</v>
+        <v>29</v>
       </c>
       <c r="D140" s="2" t="s">
+        <v>337</v>
+      </c>
+      <c r="E140" s="2" t="s">
         <v>338</v>
       </c>
-      <c r="E140" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F140" s="2" t="s">
-        <v>243</v>
+        <v>262</v>
       </c>
       <c r="G140" s="2" t="s">
-        <v>17</v>
+        <v>145</v>
       </c>
     </row>
     <row r="141" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A141" s="2" t="s">
-        <v>207</v>
+        <v>114</v>
       </c>
       <c r="B141" s="2" t="s">
-        <v>335</v>
+        <v>330</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>165</v>
+        <v>29</v>
       </c>
       <c r="D141" s="2" t="s">
+        <v>339</v>
+      </c>
+      <c r="E141" s="2" t="s">
         <v>340</v>
       </c>
-      <c r="E141" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F141" s="2" t="s">
-        <v>250</v>
+        <v>262</v>
       </c>
       <c r="G141" s="2" t="s">
-        <v>52</v>
+        <v>145</v>
       </c>
     </row>
     <row r="142" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A142" s="2" t="s">
-        <v>207</v>
+        <v>114</v>
       </c>
       <c r="B142" s="2" t="s">
-        <v>335</v>
+        <v>330</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>165</v>
+        <v>29</v>
       </c>
       <c r="D142" s="2" t="s">
+        <v>341</v>
+      </c>
+      <c r="E142" s="2" t="s">
         <v>342</v>
       </c>
-      <c r="E142" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F142" s="2" t="s">
-        <v>250</v>
+        <v>262</v>
       </c>
       <c r="G142" s="2" t="s">
-        <v>52</v>
+        <v>145</v>
       </c>
     </row>
     <row r="143" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A143" s="2" t="s">
-        <v>207</v>
+        <v>114</v>
       </c>
       <c r="B143" s="2" t="s">
-        <v>335</v>
+        <v>330</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>165</v>
+        <v>29</v>
       </c>
       <c r="D143" s="2" t="s">
+        <v>343</v>
+      </c>
+      <c r="E143" s="2" t="s">
         <v>344</v>
       </c>
-      <c r="E143" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F143" s="2" t="s">
-        <v>250</v>
+        <v>305</v>
       </c>
       <c r="G143" s="2" t="s">
-        <v>52</v>
-[...45 lines deleted...]
-        <v>52</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:G1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>